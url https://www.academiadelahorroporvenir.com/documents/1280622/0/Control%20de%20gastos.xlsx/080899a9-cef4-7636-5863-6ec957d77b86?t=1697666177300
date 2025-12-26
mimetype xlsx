--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,318 +1,166 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C3B7E9D8-16DB-4332-B03A-EC95901A5C33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{AF9B8718-A876-400E-B659-91D81C1547F0}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Validador de gastos" sheetId="1" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Validador de gastos" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...15 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...122 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...2 lines deleted...]
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-&quot;$&quot;\ * #,##0_-;\-&quot;$&quot;\ * #,##0_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="10" x14ac:knownFonts="1">
+  <fonts count="10">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="16"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <b val="1"/>
+      <i val="1"/>
+      <color theme="1"/>
+      <sz val="14"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="0"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <color theme="0"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="6" tint="0.79998168889431442"/>
+        <fgColor theme="6" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.39997558519241921"/>
+        <fgColor theme="9" tint="0.3999755851924192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="9" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="16">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -452,220 +300,302 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+  <cellXfs count="62">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="6" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="6" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="5" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="5" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="5" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="5" borderId="14" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="9" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="10" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="10" fontId="6" fillId="4" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="6" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="7" fillId="5" borderId="4" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="7" fillId="5" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="11" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="12" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="6" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="165" fontId="3" fillId="6" borderId="5" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="6" borderId="13" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="13" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="165" fontId="3" fillId="6" borderId="6" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="13" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="15" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="7" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Moneda" xfId="2" builtinId="4"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="3" builtinId="5"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -919,967 +849,1082 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B357353F-2E47-4E29-82DA-5D2BADF52348}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A2:N47"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="67" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C8" sqref="C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.4"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="29.36328125" style="1" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="15" max="16384" width="10.90625" style="1"/>
+    <col width="29.36328125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="16.81640625" customWidth="1" style="1" min="2" max="2"/>
+    <col width="2" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11" customWidth="1" style="1" min="5" max="5"/>
+    <col width="11.90625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="11.453125" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="18.36328125" customWidth="1" style="1" min="8" max="8"/>
+    <col width="10.90625" customWidth="1" style="1" min="9" max="9"/>
+    <col width="20.36328125" customWidth="1" style="1" min="10" max="10"/>
+    <col width="10.90625" customWidth="1" style="1" min="11" max="13"/>
+    <col width="38.26953125" customWidth="1" style="9" min="14" max="14"/>
+    <col width="10.90625" customWidth="1" style="1" min="15" max="16384"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="56" customHeight="1" x14ac:dyDescent="0.4">
-[...23 lines deleted...]
-      <c r="B4" s="35">
+    <row r="2" ht="56" customHeight="1">
+      <c r="A2" s="13" t="inlineStr">
+        <is>
+          <t>Mi presupuesto
+Validador de mis gastos</t>
+        </is>
+      </c>
+    </row>
+    <row r="3" ht="34.5" customHeight="1">
+      <c r="A3" s="46" t="inlineStr">
+        <is>
+          <t>Diligencia los campos que están en verde</t>
+        </is>
+      </c>
+      <c r="B3" s="47" t="n"/>
+    </row>
+    <row r="4" ht="30" customFormat="1" customHeight="1" s="2">
+      <c r="A4" s="17" t="inlineStr">
+        <is>
+          <t>Ingresa tu salario mensual</t>
+        </is>
+      </c>
+      <c r="B4" s="35" t="n">
         <v>3160000</v>
       </c>
-      <c r="C4" s="19"/>
-[...4 lines deleted...]
-        <v>0</v>
+      <c r="C4" s="19" t="n"/>
+      <c r="D4" s="15" t="inlineStr">
+        <is>
+          <t>Gastos silenciosos</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
       </c>
       <c r="F4" s="20">
-        <f ca="1">SUMIF($E$9:$H$47,E4,$B$9:$D$47)</f>
-        <v>670000</v>
+        <f>SUMIF($E$9:$H$47,E4,$B$9:$D$47)</f>
+        <v/>
       </c>
       <c r="G4" s="21">
-        <f ca="1">F4/$B$6</f>
-[...16 lines deleted...]
-      <c r="B5" s="35">
+        <f>F4/$B$6</f>
+        <v/>
+      </c>
+      <c r="H4" s="48">
+        <f>IF(G7&gt;30%,"Atención, sobrepasaste el porcentaje que se recomienda para este tipo de gastos","Vas bien!! Sigue manteniendo este porcentaje o menos en este tipo de gastos")</f>
+        <v/>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>La teoria recomienda dividir tu ingreso mensual en 3 categorías, así:
+*50% necesidades primarios como alimentación, vivienda, etc
+*30% para entretenimiento
+*20% ahorro</t>
+        </is>
+      </c>
+      <c r="J4" s="49" t="n"/>
+      <c r="N4" s="10" t="n"/>
+    </row>
+    <row r="5" ht="47" customFormat="1" customHeight="1" s="2">
+      <c r="A5" s="25" t="inlineStr">
+        <is>
+          <t>Ingresa los descuentos que te realizan (salud, pensión, etc)</t>
+        </is>
+      </c>
+      <c r="B5" s="35" t="n">
         <v>400000</v>
       </c>
-      <c r="C5" s="19"/>
-[...2 lines deleted...]
-        <v>2</v>
+      <c r="C5" s="19" t="n"/>
+      <c r="D5" s="50" t="n"/>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t>Vampiro</t>
+        </is>
       </c>
       <c r="F5" s="20">
-        <f ca="1">SUMIF($E$9:$H$47,E5,$B$9:$D$47)</f>
-        <v>280000</v>
+        <f>SUMIF($E$9:$H$47,E5,$B$9:$D$47)</f>
+        <v/>
       </c>
       <c r="G5" s="21">
-        <f ca="1">F5/$B$6</f>
-[...11 lines deleted...]
-        <v>5</v>
+        <f>F5/$B$6</f>
+        <v/>
+      </c>
+      <c r="H5" s="50" t="n"/>
+      <c r="I5" s="51" t="n"/>
+      <c r="J5" s="52" t="n"/>
+      <c r="N5" s="10" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" ht="30" customFormat="1" customHeight="1" s="2">
+      <c r="A6" s="17" t="inlineStr">
+        <is>
+          <t>Ingreso disponible</t>
+        </is>
       </c>
       <c r="B6" s="29">
         <f>B4-B5</f>
-        <v>2760000</v>
-[...4 lines deleted...]
-        <v>1</v>
+        <v/>
+      </c>
+      <c r="C6" s="19" t="n"/>
+      <c r="D6" s="53" t="n"/>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t>Fantasma</t>
+        </is>
       </c>
       <c r="F6" s="20">
-        <f ca="1">SUMIF($E$9:$H$47,E6,$B$9:$D$47)</f>
+        <f>SUMIF($E$9:$H$47,E6,$B$9:$D$47)</f>
+        <v/>
+      </c>
+      <c r="G6" s="21">
+        <f>F6/$B$6</f>
+        <v/>
+      </c>
+      <c r="H6" s="50" t="n"/>
+      <c r="I6" s="51" t="n"/>
+      <c r="J6" s="52" t="n"/>
+      <c r="N6" s="8" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="43.5" customHeight="1">
+      <c r="A7" s="11" t="n"/>
+      <c r="B7" s="54" t="n"/>
+      <c r="C7" s="30" t="n"/>
+      <c r="D7" s="16" t="inlineStr">
+        <is>
+          <t>Total de gastos silenciosos</t>
+        </is>
+      </c>
+      <c r="E7" s="55" t="n"/>
+      <c r="F7" s="18">
+        <f>SUM(F4:F6)</f>
+        <v/>
+      </c>
+      <c r="G7" s="31">
+        <f>F7/$B$6</f>
+        <v/>
+      </c>
+      <c r="H7" s="53" t="n"/>
+      <c r="I7" s="56" t="n"/>
+      <c r="J7" s="57" t="n"/>
+      <c r="N7" s="8" t="inlineStr">
+        <is>
+          <t>Vampiro</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="H8" s="6" t="n"/>
+    </row>
+    <row r="9" ht="53.5" customFormat="1" customHeight="1" s="4">
+      <c r="A9" s="12" t="inlineStr">
+        <is>
+          <t>Detalle del gasto</t>
+        </is>
+      </c>
+      <c r="B9" s="12" t="inlineStr">
+        <is>
+          <t>Valor</t>
+        </is>
+      </c>
+      <c r="C9" s="58" t="n"/>
+      <c r="D9" s="55" t="n"/>
+      <c r="E9" s="12" t="inlineStr">
+        <is>
+          <t>Tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F9" s="58" t="n"/>
+      <c r="G9" s="58" t="n"/>
+      <c r="H9" s="55" t="n"/>
+      <c r="I9" s="12" t="inlineStr">
+        <is>
+          <t>Observación</t>
+        </is>
+      </c>
+      <c r="J9" s="55" t="n"/>
+      <c r="N9" s="7" t="n"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="36" t="inlineStr">
+        <is>
+          <t>Netflix</t>
+        </is>
+      </c>
+      <c r="B10" s="59" t="n">
         <v>20000</v>
       </c>
-      <c r="G6" s="21">
-[...80 lines deleted...]
-      <c r="B11" s="37">
+      <c r="C10" s="58" t="n"/>
+      <c r="D10" s="55" t="n"/>
+      <c r="E10" s="60" t="inlineStr">
+        <is>
+          <t>Fantasma</t>
+        </is>
+      </c>
+      <c r="F10" s="58" t="n"/>
+      <c r="G10" s="58" t="n"/>
+      <c r="H10" s="55" t="n"/>
+      <c r="I10" s="60" t="n"/>
+      <c r="J10" s="55" t="n"/>
+      <c r="N10" s="8" t="n"/>
+    </row>
+    <row r="11" ht="30.5" customHeight="1">
+      <c r="A11" s="43" t="inlineStr">
+        <is>
+          <t>Gimnasio</t>
+        </is>
+      </c>
+      <c r="B11" s="59" t="n">
         <v>100000</v>
       </c>
-      <c r="C11" s="38"/>
-[...16 lines deleted...]
-      <c r="B12" s="37">
+      <c r="C11" s="58" t="n"/>
+      <c r="D11" s="55" t="n"/>
+      <c r="E11" s="60" t="inlineStr">
+        <is>
+          <t>Vampiro</t>
+        </is>
+      </c>
+      <c r="F11" s="58" t="n"/>
+      <c r="G11" s="58" t="n"/>
+      <c r="H11" s="55" t="n"/>
+      <c r="I11" s="61" t="inlineStr">
+        <is>
+          <t>Solo he ido un mes de 3 que he pagado</t>
+        </is>
+      </c>
+      <c r="J11" s="55" t="n"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="36" t="inlineStr">
+        <is>
+          <t>Cine</t>
+        </is>
+      </c>
+      <c r="B12" s="59" t="n">
         <v>30000</v>
       </c>
-      <c r="C12" s="38"/>
-[...14 lines deleted...]
-      <c r="B13" s="37">
+      <c r="C12" s="58" t="n"/>
+      <c r="D12" s="55" t="n"/>
+      <c r="E12" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F12" s="58" t="n"/>
+      <c r="G12" s="58" t="n"/>
+      <c r="H12" s="55" t="n"/>
+      <c r="I12" s="60" t="n"/>
+      <c r="J12" s="55" t="n"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="36" t="inlineStr">
+        <is>
+          <t>Café lunes</t>
+        </is>
+      </c>
+      <c r="B13" s="59" t="n">
         <v>12000</v>
       </c>
-      <c r="C13" s="38"/>
-[...14 lines deleted...]
-      <c r="B14" s="37">
+      <c r="C13" s="58" t="n"/>
+      <c r="D13" s="55" t="n"/>
+      <c r="E13" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F13" s="58" t="n"/>
+      <c r="G13" s="58" t="n"/>
+      <c r="H13" s="55" t="n"/>
+      <c r="I13" s="60" t="n"/>
+      <c r="J13" s="55" t="n"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="36" t="inlineStr">
+        <is>
+          <t>Café martes</t>
+        </is>
+      </c>
+      <c r="B14" s="59" t="n">
         <v>12000</v>
       </c>
-      <c r="C14" s="38"/>
-[...14 lines deleted...]
-      <c r="B15" s="37">
+      <c r="C14" s="58" t="n"/>
+      <c r="D14" s="55" t="n"/>
+      <c r="E14" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F14" s="58" t="n"/>
+      <c r="G14" s="58" t="n"/>
+      <c r="H14" s="55" t="n"/>
+      <c r="I14" s="60" t="n"/>
+      <c r="J14" s="55" t="n"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="36" t="inlineStr">
+        <is>
+          <t>Café miércoles</t>
+        </is>
+      </c>
+      <c r="B15" s="59" t="n">
         <v>12000</v>
       </c>
-      <c r="C15" s="38"/>
-[...14 lines deleted...]
-      <c r="B16" s="37">
+      <c r="C15" s="58" t="n"/>
+      <c r="D15" s="55" t="n"/>
+      <c r="E15" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F15" s="58" t="n"/>
+      <c r="G15" s="58" t="n"/>
+      <c r="H15" s="55" t="n"/>
+      <c r="I15" s="60" t="n"/>
+      <c r="J15" s="55" t="n"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="36" t="inlineStr">
+        <is>
+          <t>Café jueves</t>
+        </is>
+      </c>
+      <c r="B16" s="59" t="n">
         <v>24000</v>
       </c>
-      <c r="C16" s="38"/>
-[...14 lines deleted...]
-      <c r="B17" s="37">
+      <c r="C16" s="58" t="n"/>
+      <c r="D16" s="55" t="n"/>
+      <c r="E16" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F16" s="58" t="n"/>
+      <c r="G16" s="58" t="n"/>
+      <c r="H16" s="55" t="n"/>
+      <c r="I16" s="60" t="n"/>
+      <c r="J16" s="55" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="36" t="inlineStr">
+        <is>
+          <t>Recibo de Luz</t>
+        </is>
+      </c>
+      <c r="B17" s="59" t="n">
         <v>80000</v>
       </c>
-      <c r="C17" s="38"/>
-[...16 lines deleted...]
-      <c r="B18" s="37">
+      <c r="C17" s="58" t="n"/>
+      <c r="D17" s="55" t="n"/>
+      <c r="E17" s="60" t="inlineStr">
+        <is>
+          <t>Vampiro</t>
+        </is>
+      </c>
+      <c r="F17" s="58" t="n"/>
+      <c r="G17" s="58" t="n"/>
+      <c r="H17" s="55" t="n"/>
+      <c r="I17" s="61" t="inlineStr">
+        <is>
+          <t>Aumento frente al mes anterior</t>
+        </is>
+      </c>
+      <c r="J17" s="55" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="36" t="inlineStr">
+        <is>
+          <t>Regalo de cumple de mi amiga</t>
+        </is>
+      </c>
+      <c r="B18" s="59" t="n">
         <v>100000</v>
       </c>
-      <c r="C18" s="38"/>
-[...14 lines deleted...]
-      <c r="B19" s="37">
+      <c r="C18" s="58" t="n"/>
+      <c r="D18" s="55" t="n"/>
+      <c r="E18" s="60" t="inlineStr">
+        <is>
+          <t>Vampiro</t>
+        </is>
+      </c>
+      <c r="F18" s="58" t="n"/>
+      <c r="G18" s="58" t="n"/>
+      <c r="H18" s="55" t="n"/>
+      <c r="I18" s="60" t="n"/>
+      <c r="J18" s="55" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="36" t="inlineStr">
+        <is>
+          <t>Ropa</t>
+        </is>
+      </c>
+      <c r="B19" s="59" t="n">
         <v>400000</v>
       </c>
-      <c r="C19" s="38"/>
-[...14 lines deleted...]
-      <c r="B20" s="37">
+      <c r="C19" s="58" t="n"/>
+      <c r="D19" s="55" t="n"/>
+      <c r="E19" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F19" s="58" t="n"/>
+      <c r="G19" s="58" t="n"/>
+      <c r="H19" s="55" t="n"/>
+      <c r="I19" s="60" t="n"/>
+      <c r="J19" s="55" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="36" t="inlineStr">
+        <is>
+          <t>Concierto</t>
+        </is>
+      </c>
+      <c r="B20" s="59" t="n">
         <v>180000</v>
       </c>
-      <c r="C20" s="38"/>
-[...386 lines deleted...]
-      <c r="J47" s="42"/>
+      <c r="C20" s="58" t="n"/>
+      <c r="D20" s="55" t="n"/>
+      <c r="E20" s="60" t="inlineStr">
+        <is>
+          <t>Hormiga</t>
+        </is>
+      </c>
+      <c r="F20" s="58" t="n"/>
+      <c r="G20" s="58" t="n"/>
+      <c r="H20" s="55" t="n"/>
+      <c r="I20" s="60" t="n"/>
+      <c r="J20" s="55" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="36" t="n"/>
+      <c r="B21" s="59" t="n"/>
+      <c r="C21" s="58" t="n"/>
+      <c r="D21" s="55" t="n"/>
+      <c r="E21" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F21" s="58" t="n"/>
+      <c r="G21" s="58" t="n"/>
+      <c r="H21" s="55" t="n"/>
+      <c r="I21" s="60" t="n"/>
+      <c r="J21" s="55" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="36" t="n"/>
+      <c r="B22" s="59" t="n"/>
+      <c r="C22" s="58" t="n"/>
+      <c r="D22" s="55" t="n"/>
+      <c r="E22" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F22" s="58" t="n"/>
+      <c r="G22" s="58" t="n"/>
+      <c r="H22" s="55" t="n"/>
+      <c r="I22" s="60" t="n"/>
+      <c r="J22" s="55" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="36" t="n"/>
+      <c r="B23" s="59" t="n"/>
+      <c r="C23" s="58" t="n"/>
+      <c r="D23" s="55" t="n"/>
+      <c r="E23" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F23" s="58" t="n"/>
+      <c r="G23" s="58" t="n"/>
+      <c r="H23" s="55" t="n"/>
+      <c r="I23" s="60" t="n"/>
+      <c r="J23" s="55" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="36" t="n"/>
+      <c r="B24" s="59" t="n"/>
+      <c r="C24" s="58" t="n"/>
+      <c r="D24" s="55" t="n"/>
+      <c r="E24" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F24" s="58" t="n"/>
+      <c r="G24" s="58" t="n"/>
+      <c r="H24" s="55" t="n"/>
+      <c r="I24" s="60" t="n"/>
+      <c r="J24" s="55" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="36" t="n"/>
+      <c r="B25" s="59" t="n"/>
+      <c r="C25" s="58" t="n"/>
+      <c r="D25" s="55" t="n"/>
+      <c r="E25" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F25" s="58" t="n"/>
+      <c r="G25" s="58" t="n"/>
+      <c r="H25" s="55" t="n"/>
+      <c r="I25" s="60" t="n"/>
+      <c r="J25" s="55" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="36" t="n"/>
+      <c r="B26" s="59" t="n"/>
+      <c r="C26" s="58" t="n"/>
+      <c r="D26" s="55" t="n"/>
+      <c r="E26" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F26" s="58" t="n"/>
+      <c r="G26" s="58" t="n"/>
+      <c r="H26" s="55" t="n"/>
+      <c r="I26" s="60" t="n"/>
+      <c r="J26" s="55" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="36" t="n"/>
+      <c r="B27" s="59" t="n"/>
+      <c r="C27" s="58" t="n"/>
+      <c r="D27" s="55" t="n"/>
+      <c r="E27" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F27" s="58" t="n"/>
+      <c r="G27" s="58" t="n"/>
+      <c r="H27" s="55" t="n"/>
+      <c r="I27" s="60" t="n"/>
+      <c r="J27" s="55" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="36" t="n"/>
+      <c r="B28" s="59" t="n"/>
+      <c r="C28" s="58" t="n"/>
+      <c r="D28" s="55" t="n"/>
+      <c r="E28" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F28" s="58" t="n"/>
+      <c r="G28" s="58" t="n"/>
+      <c r="H28" s="55" t="n"/>
+      <c r="I28" s="60" t="n"/>
+      <c r="J28" s="55" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="36" t="n"/>
+      <c r="B29" s="59" t="n"/>
+      <c r="C29" s="58" t="n"/>
+      <c r="D29" s="55" t="n"/>
+      <c r="E29" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F29" s="58" t="n"/>
+      <c r="G29" s="58" t="n"/>
+      <c r="H29" s="55" t="n"/>
+      <c r="I29" s="60" t="n"/>
+      <c r="J29" s="55" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="36" t="n"/>
+      <c r="B30" s="59" t="n"/>
+      <c r="C30" s="58" t="n"/>
+      <c r="D30" s="55" t="n"/>
+      <c r="E30" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F30" s="58" t="n"/>
+      <c r="G30" s="58" t="n"/>
+      <c r="H30" s="55" t="n"/>
+      <c r="I30" s="60" t="n"/>
+      <c r="J30" s="55" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="36" t="n"/>
+      <c r="B31" s="59" t="n"/>
+      <c r="C31" s="58" t="n"/>
+      <c r="D31" s="55" t="n"/>
+      <c r="E31" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F31" s="58" t="n"/>
+      <c r="G31" s="58" t="n"/>
+      <c r="H31" s="55" t="n"/>
+      <c r="I31" s="60" t="n"/>
+      <c r="J31" s="55" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="36" t="n"/>
+      <c r="B32" s="59" t="n"/>
+      <c r="C32" s="58" t="n"/>
+      <c r="D32" s="55" t="n"/>
+      <c r="E32" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F32" s="58" t="n"/>
+      <c r="G32" s="58" t="n"/>
+      <c r="H32" s="55" t="n"/>
+      <c r="I32" s="60" t="n"/>
+      <c r="J32" s="55" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="36" t="n"/>
+      <c r="B33" s="59" t="n"/>
+      <c r="C33" s="58" t="n"/>
+      <c r="D33" s="55" t="n"/>
+      <c r="E33" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F33" s="58" t="n"/>
+      <c r="G33" s="58" t="n"/>
+      <c r="H33" s="55" t="n"/>
+      <c r="I33" s="60" t="n"/>
+      <c r="J33" s="55" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="36" t="n"/>
+      <c r="B34" s="59" t="n"/>
+      <c r="C34" s="58" t="n"/>
+      <c r="D34" s="55" t="n"/>
+      <c r="E34" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F34" s="58" t="n"/>
+      <c r="G34" s="58" t="n"/>
+      <c r="H34" s="55" t="n"/>
+      <c r="I34" s="60" t="n"/>
+      <c r="J34" s="55" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="36" t="n"/>
+      <c r="B35" s="59" t="n"/>
+      <c r="C35" s="58" t="n"/>
+      <c r="D35" s="55" t="n"/>
+      <c r="E35" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F35" s="58" t="n"/>
+      <c r="G35" s="58" t="n"/>
+      <c r="H35" s="55" t="n"/>
+      <c r="I35" s="60" t="n"/>
+      <c r="J35" s="55" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="36" t="n"/>
+      <c r="B36" s="59" t="n"/>
+      <c r="C36" s="58" t="n"/>
+      <c r="D36" s="55" t="n"/>
+      <c r="E36" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F36" s="58" t="n"/>
+      <c r="G36" s="58" t="n"/>
+      <c r="H36" s="55" t="n"/>
+      <c r="I36" s="60" t="n"/>
+      <c r="J36" s="55" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="36" t="n"/>
+      <c r="B37" s="59" t="n"/>
+      <c r="C37" s="58" t="n"/>
+      <c r="D37" s="55" t="n"/>
+      <c r="E37" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F37" s="58" t="n"/>
+      <c r="G37" s="58" t="n"/>
+      <c r="H37" s="55" t="n"/>
+      <c r="I37" s="60" t="n"/>
+      <c r="J37" s="55" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="36" t="n"/>
+      <c r="B38" s="59" t="n"/>
+      <c r="C38" s="58" t="n"/>
+      <c r="D38" s="55" t="n"/>
+      <c r="E38" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F38" s="58" t="n"/>
+      <c r="G38" s="58" t="n"/>
+      <c r="H38" s="55" t="n"/>
+      <c r="I38" s="60" t="n"/>
+      <c r="J38" s="55" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="36" t="n"/>
+      <c r="B39" s="59" t="n"/>
+      <c r="C39" s="58" t="n"/>
+      <c r="D39" s="55" t="n"/>
+      <c r="E39" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F39" s="58" t="n"/>
+      <c r="G39" s="58" t="n"/>
+      <c r="H39" s="55" t="n"/>
+      <c r="I39" s="60" t="n"/>
+      <c r="J39" s="55" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="36" t="n"/>
+      <c r="B40" s="59" t="n"/>
+      <c r="C40" s="58" t="n"/>
+      <c r="D40" s="55" t="n"/>
+      <c r="E40" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F40" s="58" t="n"/>
+      <c r="G40" s="58" t="n"/>
+      <c r="H40" s="55" t="n"/>
+      <c r="I40" s="60" t="n"/>
+      <c r="J40" s="55" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="36" t="n"/>
+      <c r="B41" s="59" t="n"/>
+      <c r="C41" s="58" t="n"/>
+      <c r="D41" s="55" t="n"/>
+      <c r="E41" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F41" s="58" t="n"/>
+      <c r="G41" s="58" t="n"/>
+      <c r="H41" s="55" t="n"/>
+      <c r="I41" s="60" t="n"/>
+      <c r="J41" s="55" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="36" t="n"/>
+      <c r="B42" s="59" t="n"/>
+      <c r="C42" s="58" t="n"/>
+      <c r="D42" s="55" t="n"/>
+      <c r="E42" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F42" s="58" t="n"/>
+      <c r="G42" s="58" t="n"/>
+      <c r="H42" s="55" t="n"/>
+      <c r="I42" s="60" t="n"/>
+      <c r="J42" s="55" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="36" t="n"/>
+      <c r="B43" s="59" t="n"/>
+      <c r="C43" s="58" t="n"/>
+      <c r="D43" s="55" t="n"/>
+      <c r="E43" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F43" s="58" t="n"/>
+      <c r="G43" s="58" t="n"/>
+      <c r="H43" s="55" t="n"/>
+      <c r="I43" s="60" t="n"/>
+      <c r="J43" s="55" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="36" t="n"/>
+      <c r="B44" s="59" t="n"/>
+      <c r="C44" s="58" t="n"/>
+      <c r="D44" s="55" t="n"/>
+      <c r="E44" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F44" s="58" t="n"/>
+      <c r="G44" s="58" t="n"/>
+      <c r="H44" s="55" t="n"/>
+      <c r="I44" s="60" t="n"/>
+      <c r="J44" s="55" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="36" t="n"/>
+      <c r="B45" s="59" t="n"/>
+      <c r="C45" s="58" t="n"/>
+      <c r="D45" s="55" t="n"/>
+      <c r="E45" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F45" s="58" t="n"/>
+      <c r="G45" s="58" t="n"/>
+      <c r="H45" s="55" t="n"/>
+      <c r="I45" s="60" t="n"/>
+      <c r="J45" s="55" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="36" t="n"/>
+      <c r="B46" s="59" t="n"/>
+      <c r="C46" s="58" t="n"/>
+      <c r="D46" s="55" t="n"/>
+      <c r="E46" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F46" s="58" t="n"/>
+      <c r="G46" s="58" t="n"/>
+      <c r="H46" s="55" t="n"/>
+      <c r="I46" s="60" t="n"/>
+      <c r="J46" s="55" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="36" t="n"/>
+      <c r="B47" s="59" t="n"/>
+      <c r="C47" s="58" t="n"/>
+      <c r="D47" s="55" t="n"/>
+      <c r="E47" s="60" t="inlineStr">
+        <is>
+          <t>Selecciona el tipo de gasto</t>
+        </is>
+      </c>
+      <c r="F47" s="58" t="n"/>
+      <c r="G47" s="58" t="n"/>
+      <c r="H47" s="55" t="n"/>
+      <c r="I47" s="60" t="n"/>
+      <c r="J47" s="55" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="124">
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="E32:H32"/>
+    <mergeCell ref="I26:J26"/>
+    <mergeCell ref="E37:H37"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="I16:J16"/>
+    <mergeCell ref="E47:H47"/>
+    <mergeCell ref="I25:J25"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E24:H24"/>
+    <mergeCell ref="I18:J18"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="D7:E7"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="E10:H10"/>
+    <mergeCell ref="I44:J44"/>
+    <mergeCell ref="I20:J20"/>
+    <mergeCell ref="E34:H34"/>
+    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="B43:D43"/>
+    <mergeCell ref="E27:H27"/>
+    <mergeCell ref="E36:H36"/>
+    <mergeCell ref="D4:D6"/>
+    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="E45:H45"/>
+    <mergeCell ref="I15:J15"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="E22:H22"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="I32:J32"/>
+    <mergeCell ref="E12:H12"/>
+    <mergeCell ref="I41:J41"/>
+    <mergeCell ref="E21:H21"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="E14:H14"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="E23:H23"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="E38:H38"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="B47:D47"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="E40:H40"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="I10:J10"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="B39:D39"/>
     <mergeCell ref="I9:J9"/>
-    <mergeCell ref="I10:J10"/>
+    <mergeCell ref="E26:H26"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="H4:H7"/>
+    <mergeCell ref="B23:D23"/>
     <mergeCell ref="I11:J11"/>
+    <mergeCell ref="E16:H16"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="I45:J45"/>
+    <mergeCell ref="E25:H25"/>
+    <mergeCell ref="E18:H18"/>
+    <mergeCell ref="I47:J47"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="A3:B3"/>
+    <mergeCell ref="I4:J7"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="E39:H39"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="E20:H20"/>
+    <mergeCell ref="E29:H29"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E13:H13"/>
+    <mergeCell ref="E31:H31"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="E15:H15"/>
+    <mergeCell ref="E46:H46"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="I27:J27"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="E41:H41"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="E43:H43"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="I28:J28"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E33:H33"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="E42:H42"/>
+    <mergeCell ref="B33:D33"/>
     <mergeCell ref="I12:J12"/>
-    <mergeCell ref="I13:J13"/>
+    <mergeCell ref="E17:H17"/>
+    <mergeCell ref="E35:H35"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E44:H44"/>
+    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="I14:J14"/>
+    <mergeCell ref="E19:H19"/>
+    <mergeCell ref="E28:H28"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="I29:J29"/>
     <mergeCell ref="E9:H9"/>
-    <mergeCell ref="E10:H10"/>
-[...13 lines deleted...]
-    <mergeCell ref="I30:J30"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="E30:H30"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="B18:D18"/>
     <mergeCell ref="I31:J31"/>
-    <mergeCell ref="I32:J32"/>
-[...18 lines deleted...]
-    <mergeCell ref="I39:J39"/>
+    <mergeCell ref="E11:H11"/>
     <mergeCell ref="I40:J40"/>
-    <mergeCell ref="I41:J41"/>
-[...79 lines deleted...]
-    <mergeCell ref="B11:D11"/>
   </mergeCells>
   <conditionalFormatting sqref="H4:H7">
-    <cfRule type="containsText" dxfId="0" priority="1" operator="containsText" text="Atención, sobrepasaste el porcentaje que se recomienda para este tipo de gastos">
+    <cfRule type="containsText" priority="1" operator="containsText" dxfId="0" text="Atención, sobrepasaste el porcentaje que se recomienda para este tipo de gastos">
       <formula>NOT(ISERROR(SEARCH("Atención, sobrepasaste el porcentaje que se recomienda para este tipo de gastos",H4)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E10:H47" xr:uid="{A8DFCD24-7FC5-4817-B096-B0F0F420190D}">
+    <dataValidation sqref="E10:H47" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="1" type="list">
       <formula1>$N:$N</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...3 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:title xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:description xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:subject xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy/>
 </cp:coreProperties>
 </file>