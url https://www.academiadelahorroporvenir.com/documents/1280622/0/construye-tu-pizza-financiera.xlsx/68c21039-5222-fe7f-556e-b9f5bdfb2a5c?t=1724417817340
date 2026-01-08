--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -1,801 +1,237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AD4ED618-AA04-4305-BC3F-7A8BF8E89583}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <workbookPr/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" xr2:uid="{A5FE9BC9-8D7B-43A1-A483-1C2A44F0869A}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Pizza Financiera" sheetId="1" r:id="rId1"/>
-    <sheet name="Resultados" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Pizza Financiera" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Resultados" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...16 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...532 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="44" formatCode="_-&quot;$&quot;\ * #,##0.00_-;\-&quot;$&quot;\ * #,##0.00_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-&quot;$&quot;\ * #,##0_-;\-&quot;$&quot;\ * #,##0_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="14">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="12"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="18"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="12"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="0"/>
+      <sz val="10"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFF0000"/>
+      <sz val="10"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="16"/>
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="16"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="16"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="5" tint="-0.249977111117893"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="5" tint="-0.249977111117893"/>
+      <sz val="12"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <fgColor theme="2" tint="-0.09997863704336681"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="5" tint="0.79998168889431442"/>
+        <fgColor theme="5" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="9" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-4.9989318521683403E-2"/>
+        <fgColor theme="0" tint="-0.0499893185216834"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
+        <fgColor theme="0" tint="-0.1499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.39997558519241921"/>
+        <fgColor theme="9" tint="0.3999755851924192"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -833,1191 +269,735 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="53">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+  <cellXfs count="66">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="5" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="9" fontId="2" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="5" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="7" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyProtection="1">
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="7" borderId="0" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="2" fillId="8" borderId="0" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="0" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="5" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="9" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="17" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="18" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="19" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Moneda" xfId="1" builtinId="4"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="2" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...27 lines deleted...]
-            <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+<chartSpace xmlns="http://schemas.openxmlformats.org/drawingml/2006/chart">
+  <chart>
+    <plotArea>
+      <layout/>
+      <pieChart>
+        <varyColors val="0"/>
+        <ser>
+          <idx val="0"/>
+          <order val="0"/>
+          <spPr>
+            <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="38100" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:sysClr val="windowText" lastClr="000000"/>
               </a:solidFill>
+              <a:prstDash val="solid"/>
               <a:round/>
             </a:ln>
-            <a:effectLst/>
-[...13 lines deleted...]
-              <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          </spPr>
+          <explosion val="9"/>
+          <dPt>
+            <idx val="0"/>
+            <bubble3D val="0"/>
+            <spPr>
+              <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="38100" cap="flat" cmpd="sng" algn="ctr">
                 <a:solidFill>
                   <a:sysClr val="windowText" lastClr="000000"/>
                 </a:solidFill>
+                <a:prstDash val="solid"/>
                 <a:round/>
               </a:ln>
-              <a:effectLst/>
-[...99 lines deleted...]
-                <a:ln>
+            </spPr>
+          </dPt>
+          <dPt>
+            <idx val="1"/>
+            <bubble3D val="0"/>
+            <spPr>
+              <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </spPr>
+          </dPt>
+          <dPt>
+            <idx val="2"/>
+            <bubble3D val="0"/>
+            <spPr>
+              <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:prstDash val="solid"/>
+              </a:ln>
+            </spPr>
+          </dPt>
+          <dLbls>
+            <dLbl>
+              <idx val="0"/>
+              <showLegendKey val="0"/>
+              <showVal val="0"/>
+              <showCatName val="1"/>
+              <showSerName val="0"/>
+              <showPercent val="1"/>
+              <showBubbleSize val="0"/>
+            </dLbl>
+            <dLbl>
+              <idx val="1"/>
+              <showLegendKey val="0"/>
+              <showVal val="0"/>
+              <showCatName val="1"/>
+              <showSerName val="0"/>
+              <showPercent val="1"/>
+              <showBubbleSize val="0"/>
+            </dLbl>
+            <dLbl>
+              <idx val="2"/>
+              <showLegendKey val="0"/>
+              <showVal val="0"/>
+              <showCatName val="1"/>
+              <showSerName val="0"/>
+              <showPercent val="1"/>
+              <showBubbleSize val="0"/>
+            </dLbl>
+            <dLbl>
+              <idx val="3"/>
+              <spPr>
+                <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:noFill/>
+                  <a:prstDash val="solid"/>
                 </a:ln>
-                <a:effectLst/>
-[...4 lines deleted...]
-                <a:p>
+              </spPr>
+              <txPr>
+                <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+                <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:pPr>
-                    <a:defRPr sz="900" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:defRPr sz="900" b="1" i="0" strike="noStrike" kern="1200" baseline="0">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:latin typeface="+mn-lt"/>
                       <a:ea typeface="+mn-ea"/>
                       <a:cs typeface="+mn-cs"/>
                     </a:defRPr>
                   </a:pPr>
+                  <a:r>
+                    <a:t/>
+                  </a:r>
                   <a:endParaRPr lang="es-CO"/>
                 </a:p>
-              </c:txPr>
-[...15 lines deleted...]
-              <a:ln>
+              </txPr>
+              <showLegendKey val="0"/>
+              <showVal val="0"/>
+              <showCatName val="1"/>
+              <showSerName val="0"/>
+              <showPercent val="1"/>
+              <showBubbleSize val="0"/>
+            </dLbl>
+            <spPr>
+              <a:noFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:noFill/>
+                <a:prstDash val="solid"/>
               </a:ln>
-              <a:effectLst/>
-[...4 lines deleted...]
-              <a:p>
+            </spPr>
+            <txPr>
+              <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:pPr>
-                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:defRPr sz="900" b="0" i="0" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1"/>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
+                <a:r>
+                  <a:t/>
+                </a:r>
                 <a:endParaRPr lang="es-CO"/>
               </a:p>
-            </c:txPr>
-[...102 lines deleted...]
-    <a:solidFill>
+            </txPr>
+            <showLegendKey val="0"/>
+            <showVal val="0"/>
+            <showCatName val="1"/>
+            <showSerName val="0"/>
+            <showPercent val="1"/>
+            <showBubbleSize val="0"/>
+            <showLeaderLines val="1"/>
+          </dLbls>
+          <cat>
+            <strRef>
+              <f>'Pizza Financiera'!$A$9:$A$12</f>
+              <strCache>
+                <ptCount val="4"/>
+                <pt idx="0">
+                  <v>Necesidades</v>
+                </pt>
+                <pt idx="1">
+                  <v>Entretenimiento</v>
+                </pt>
+                <pt idx="2">
+                  <v>Ahorro</v>
+                </pt>
+                <pt idx="3">
+                  <v>¿En qué lo utilizas?</v>
+                </pt>
+              </strCache>
+            </strRef>
+          </cat>
+          <val>
+            <numRef>
+              <f>'Pizza Financiera'!$B$9:$B$12</f>
+              <numCache>
+                <formatCode>0%</formatCode>
+                <ptCount val="4"/>
+                <pt idx="0">
+                  <v>0.8076923076923077</v>
+                </pt>
+                <pt idx="1">
+                  <v>0.1153846153846154</v>
+                </pt>
+                <pt idx="2">
+                  <v>0.07692307692307693</v>
+                </pt>
+                <pt idx="3">
+                  <v>0</v>
+                </pt>
+              </numCache>
+            </numRef>
+          </val>
+        </ser>
+        <dLbls>
+          <showLegendKey val="0"/>
+          <showVal val="0"/>
+          <showCatName val="1"/>
+          <showSerName val="0"/>
+          <showPercent val="1"/>
+          <showBubbleSize val="0"/>
+          <showLeaderLines val="1"/>
+        </dLbls>
+        <firstSliceAng val="0"/>
+      </pieChart>
+    </plotArea>
+    <plotVisOnly val="1"/>
+    <dispBlanksAs val="gap"/>
+  </chart>
+  <spPr>
+    <a:solidFill xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
       <a:schemeClr val="bg1"/>
     </a:solidFill>
-    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+    <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
+      <a:prstDash val="solid"/>
       <a:round/>
     </a:ln>
-    <a:effectLst/>
-[...20 lines deleted...]
-</c:chartSpace>
+  </spPr>
+</chartSpace>
 </file>
 
-<file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
-[...520 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="/xl/charts/chart1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId2"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...28 lines deleted...]
-      <a:graphic>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor>
+    <from>
+      <col>0</col>
+      <colOff>0</colOff>
+      <row>7</row>
+      <rowOff>15301</rowOff>
+    </from>
+    <to>
+      <col>4</col>
+      <colOff>765059</colOff>
+      <row>23</row>
+      <rowOff>130060</rowOff>
+    </to>
+    <graphicFrame>
+      <nvGraphicFramePr>
+        <cNvPr id="1" name="Chart 1"/>
+        <cNvGraphicFramePr/>
+      </nvGraphicFramePr>
+      <xfrm/>
+      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
-    </xdr:graphicFrame>
-[...36 lines deleted...]
-        <a:stretch>
+    </graphicFrame>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>9</col>
+      <colOff>390181</colOff>
+      <row>0</row>
+      <rowOff>45903</rowOff>
+    </from>
+    <to>
+      <col>10</col>
+      <colOff>604397</colOff>
+      <row>5</row>
+      <rowOff>11679</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="4" name="Imagen 3"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="8362109" y="45903"/>
           <a:ext cx="1162891" cy="937403"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -2291,915 +1271,924 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BAC35379-EE31-48F5-9130-F1725D30DDD4}">
-  <dimension ref="A1:AY253"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="83" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
-    <col min="1" max="1" width="16" style="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="52" max="16384" width="10.90625" style="1"/>
+    <col width="16" customWidth="1" style="1" min="1" max="1"/>
+    <col width="10.90625" customWidth="1" style="1" min="2" max="5"/>
+    <col width="13.6328125" customWidth="1" style="1" min="6" max="6"/>
+    <col width="13.1796875" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="20.81640625" customWidth="1" style="1" min="8" max="8"/>
+    <col width="10.90625" customWidth="1" style="1" min="9" max="9"/>
+    <col width="13.54296875" customWidth="1" style="1" min="10" max="10"/>
+    <col width="10.90625" customWidth="1" style="1" min="11" max="11"/>
+    <col width="10.90625" customWidth="1" style="5" min="12" max="51"/>
+    <col width="10.90625" customWidth="1" style="1" min="52" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" s="5" customFormat="1" x14ac:dyDescent="0.3">
-[...67 lines deleted...]
-        <v>9</v>
+    <row r="1" customFormat="1" s="5">
+      <c r="J1" s="33" t="n"/>
+    </row>
+    <row r="2" customFormat="1" s="5"/>
+    <row r="3" customFormat="1" s="5"/>
+    <row r="4" ht="23.5" customFormat="1" customHeight="1" s="5">
+      <c r="A4" s="34" t="inlineStr">
+        <is>
+          <t>Crea tu pizza financiera y revisa tips para lograr la regla 50/30/20</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" customFormat="1" s="5"/>
+    <row r="6" ht="16" customHeight="1">
+      <c r="A6" s="35" t="inlineStr">
+        <is>
+          <t>¿Cuál es el sabor de la pizza que te encanta?</t>
+        </is>
+      </c>
+      <c r="F6" s="41" t="inlineStr">
+        <is>
+          <t>Mientras disfrutas la pizza de tu sabor favorito, trabaja en esta herramienta que hemos creado para ti. Diligencia los campos color gris según sea tu caso.</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="35" t="n"/>
+      <c r="B7" s="35" t="n"/>
+      <c r="C7" s="35" t="n"/>
+      <c r="D7" s="35" t="n"/>
+      <c r="E7" s="35" t="n"/>
+    </row>
+    <row r="8">
+      <c r="F8" s="5" t="n"/>
+      <c r="G8" s="5" t="n"/>
+      <c r="H8" s="5" t="n"/>
+      <c r="I8" s="5" t="n"/>
+      <c r="J8" s="5" t="n"/>
+      <c r="K8" s="5" t="n"/>
+    </row>
+    <row r="9" ht="16" customHeight="1">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>Necesidades</t>
+        </is>
       </c>
       <c r="B9" s="4">
         <f>G23</f>
-        <v>0.80769230769230771</v>
-[...6 lines deleted...]
-      <c r="I9" s="22">
+        <v/>
+      </c>
+      <c r="F9" s="21" t="inlineStr">
+        <is>
+          <t>¿Cuál es tu salario mensual?</t>
+        </is>
+      </c>
+      <c r="I9" s="22" t="n">
         <v>1300000</v>
       </c>
-      <c r="J9" s="22"/>
-[...4 lines deleted...]
-        <v>10</v>
+      <c r="J9" s="53" t="n"/>
+      <c r="K9" s="53" t="n"/>
+    </row>
+    <row r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>Entretenimiento</t>
+        </is>
       </c>
       <c r="B10" s="4">
         <f>I23</f>
-        <v>0.11538461538461539</v>
-[...10 lines deleted...]
-        <v>11</v>
+        <v/>
+      </c>
+      <c r="F10" s="33" t="n"/>
+    </row>
+    <row r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>Ahorro</t>
+        </is>
       </c>
       <c r="B11" s="4">
         <f>K23</f>
-        <v>7.6923076923076927E-2</v>
-[...12 lines deleted...]
-        <v>24</v>
+        <v/>
+      </c>
+      <c r="F11" s="23" t="inlineStr">
+        <is>
+          <t>Ahora, vamos a ver cómo te gastas tu salario</t>
+        </is>
+      </c>
+    </row>
+    <row r="12" ht="14.5" customHeight="1">
+      <c r="A12" s="14" t="inlineStr">
+        <is>
+          <t>¿En qué lo utilizas?</t>
+        </is>
       </c>
       <c r="B12" s="4">
         <f>SUM(B9:B11)-100%</f>
-        <v>0</v>
-[...16 lines deleted...]
-      <c r="B13" s="4"/>
+        <v/>
+      </c>
+      <c r="F12" s="29" t="inlineStr">
+        <is>
+          <t>Necesidades</t>
+        </is>
+      </c>
+      <c r="H12" s="29" t="inlineStr">
+        <is>
+          <t>Entretenimiento</t>
+        </is>
+      </c>
+      <c r="J12" s="29" t="inlineStr">
+        <is>
+          <t>Ahorro</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="14" t="n"/>
+      <c r="B13" s="4" t="n"/>
       <c r="F13" s="39">
         <f>G23</f>
-        <v>0.80769230769230771</v>
-[...1 lines deleted...]
-      <c r="G13" s="39"/>
+        <v/>
+      </c>
       <c r="H13" s="39">
         <f>I23</f>
-        <v>0.11538461538461539</v>
-[...1 lines deleted...]
-      <c r="I13" s="40"/>
+        <v/>
+      </c>
       <c r="J13" s="39">
         <f>K23</f>
-        <v>7.6923076923076927E-2</v>
-[...7 lines deleted...]
-      <c r="G14" s="12">
+        <v/>
+      </c>
+    </row>
+    <row r="14">
+      <c r="F14" s="13" t="inlineStr">
+        <is>
+          <t>Arriendo</t>
+        </is>
+      </c>
+      <c r="G14" s="12" t="n">
         <v>450000</v>
       </c>
-      <c r="H14" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="12">
+      <c r="H14" s="13" t="inlineStr">
+        <is>
+          <t>Salidas amigos</t>
+        </is>
+      </c>
+      <c r="I14" s="12" t="n">
         <v>100000</v>
       </c>
-      <c r="J14" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K14" s="11">
+      <c r="J14" s="13" t="inlineStr">
+        <is>
+          <t>Ahorro 10%</t>
+        </is>
+      </c>
+      <c r="K14" s="11" t="n">
         <v>100000</v>
       </c>
     </row>
-    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="G15" s="12">
+    <row r="15">
+      <c r="F15" s="13" t="inlineStr">
+        <is>
+          <t>Servicios</t>
+        </is>
+      </c>
+      <c r="G15" s="12" t="n">
         <v>300000</v>
       </c>
-      <c r="H15" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I15" s="12">
+      <c r="H15" s="13" t="inlineStr">
+        <is>
+          <t>Regalos</t>
+        </is>
+      </c>
+      <c r="I15" s="12" t="n">
         <v>50000</v>
       </c>
-      <c r="J15" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K15" s="11">
+      <c r="J15" s="13" t="inlineStr">
+        <is>
+          <t>CDT</t>
+        </is>
+      </c>
+      <c r="K15" s="11" t="n">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="G16" s="12">
+    <row r="16">
+      <c r="F16" s="13" t="inlineStr">
+        <is>
+          <t>Cuota de tu casa</t>
+        </is>
+      </c>
+      <c r="G16" s="12" t="n">
         <v>0</v>
       </c>
-      <c r="H16" s="13" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="12">
+      <c r="H16" s="13" t="inlineStr">
+        <is>
+          <t>Viaje fin de semana</t>
+        </is>
+      </c>
+      <c r="I16" s="12" t="n">
         <v>0</v>
       </c>
-      <c r="J16" s="13" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="12">
+      <c r="J16" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="K16" s="11" t="n"/>
+    </row>
+    <row r="17">
+      <c r="F17" s="13" t="inlineStr">
+        <is>
+          <t>Alimentación</t>
+        </is>
+      </c>
+      <c r="G17" s="12" t="n">
         <v>300000</v>
       </c>
-      <c r="H17" s="13" t="s">
-[...22 lines deleted...]
-    <row r="19" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="H17" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="I17" s="12" t="n"/>
+      <c r="J17" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="K17" s="11" t="n"/>
+    </row>
+    <row r="18">
+      <c r="F18" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="G18" s="12" t="n"/>
+      <c r="H18" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="I18" s="12" t="n"/>
+      <c r="J18" s="13" t="inlineStr">
+        <is>
+          <t>¿Otro?</t>
+        </is>
+      </c>
+      <c r="K18" s="11" t="n"/>
+    </row>
+    <row r="19">
       <c r="G19" s="7">
         <f>SUM(G14:G18)</f>
-        <v>1050000</v>
+        <v/>
       </c>
       <c r="I19" s="7">
         <f>SUM(I14:I18)</f>
-        <v>150000</v>
+        <v/>
       </c>
       <c r="K19" s="7">
         <f>SUM(K14:K18)</f>
-        <v>100000</v>
-[...7 lines deleted...]
-      <c r="H20" s="23"/>
+        <v/>
+      </c>
+    </row>
+    <row r="20">
+      <c r="F20" s="23" t="inlineStr">
+        <is>
+          <t>Ahora, vamos a ver si estás gastando más que lo que ganas</t>
+        </is>
+      </c>
       <c r="I20" s="27">
         <f>SUM(G19:K19)</f>
-        <v>1300000</v>
-[...9 lines deleted...]
-      <c r="H21" s="30"/>
+        <v/>
+      </c>
+    </row>
+    <row r="21">
+      <c r="F21" s="30" t="inlineStr">
+        <is>
+          <t>Pendiente asignar a alguna categoría</t>
+        </is>
+      </c>
       <c r="I21" s="31">
         <f>I20-I9</f>
-        <v>0</v>
-[...5 lines deleted...]
-      <c r="F22" s="26" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="22" ht="24.5" customHeight="1">
+      <c r="F22" s="26">
         <f>IF(I20&lt;I9,"Aún te falta ubicar en alguna categoría lo que se menciona en la celda verde",IF(I20&gt;I9,"Revisa que no gastes más de lo que ganas",""))</f>
         <v/>
       </c>
-      <c r="G22" s="26"/>
-[...7 lines deleted...]
-        <v>9</v>
+    </row>
+    <row r="23" hidden="1">
+      <c r="F23" s="33" t="inlineStr">
+        <is>
+          <t>Necesidades</t>
+        </is>
       </c>
       <c r="G23" s="8">
         <f>G19/$I$9</f>
-        <v>0.80769230769230771</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v/>
+      </c>
+      <c r="H23" s="33" t="inlineStr">
+        <is>
+          <t>Entretenimiento</t>
+        </is>
       </c>
       <c r="I23" s="8">
         <f>I19/$I$9</f>
-        <v>0.11538461538461539</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v/>
+      </c>
+      <c r="J23" s="33" t="inlineStr">
+        <is>
+          <t>Ahorro</t>
+        </is>
       </c>
       <c r="K23" s="8">
         <f>K19/$I$9</f>
-        <v>7.6923076923076927E-2</v>
-[...5 lines deleted...]
-      <c r="G24" s="10" t="str">
+        <v/>
+      </c>
+      <c r="L23" s="15" t="n"/>
+    </row>
+    <row r="24" ht="13.5" customHeight="1" thickBot="1">
+      <c r="F24" s="9" t="n"/>
+      <c r="G24" s="10">
         <f>IF(G23&gt;50%,"&gt;50%","&lt;50%")</f>
-        <v>&gt;50%</v>
-[...2 lines deleted...]
-      <c r="I24" s="10" t="str">
+        <v/>
+      </c>
+      <c r="H24" s="9" t="n"/>
+      <c r="I24" s="10">
         <f>IF(I23&gt;30%,"&gt;30%","&lt;30%")</f>
-        <v>&lt;30%</v>
-[...2 lines deleted...]
-      <c r="K24" s="10" t="str">
+        <v/>
+      </c>
+      <c r="J24" s="9" t="n"/>
+      <c r="K24" s="10">
         <f>IF(K23&gt;20%,"&gt;20%","&lt;20%")</f>
-        <v>&lt;20%</v>
-[...21 lines deleted...]
-      <c r="B26" s="24" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="25" ht="21.5" customHeight="1" thickBot="1">
+      <c r="A25" s="54" t="inlineStr">
+        <is>
+          <t>¿Qué recomendaciones tenemos desde la Academia del Ahorro Porvenir para ti!</t>
+        </is>
+      </c>
+      <c r="B25" s="55" t="n"/>
+      <c r="C25" s="55" t="n"/>
+      <c r="D25" s="55" t="n"/>
+      <c r="E25" s="55" t="n"/>
+      <c r="F25" s="55" t="n"/>
+      <c r="G25" s="55" t="n"/>
+      <c r="H25" s="55" t="n"/>
+      <c r="I25" s="55" t="n"/>
+      <c r="J25" s="55" t="n"/>
+      <c r="K25" s="56" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="19" t="inlineStr">
+        <is>
+          <t>Necesidades</t>
+        </is>
+      </c>
+      <c r="B26" s="24">
         <f>VLOOKUP(G24,Resultados!B2:G3,2,0)</f>
-        <v>Tu gasto en necesidades supera el 50%, es posible que debas hacer algunos ajustes:
-[...31 lines deleted...]
-      <c r="B28" s="25" t="str">
+        <v/>
+      </c>
+      <c r="K26" s="57" t="n"/>
+    </row>
+    <row r="27" ht="107" customHeight="1">
+      <c r="A27" s="58" t="n"/>
+      <c r="B27" s="59" t="n"/>
+      <c r="C27" s="60" t="n"/>
+      <c r="D27" s="60" t="n"/>
+      <c r="E27" s="60" t="n"/>
+      <c r="F27" s="60" t="n"/>
+      <c r="G27" s="60" t="n"/>
+      <c r="H27" s="60" t="n"/>
+      <c r="I27" s="60" t="n"/>
+      <c r="J27" s="60" t="n"/>
+      <c r="K27" s="61" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="19" t="inlineStr">
+        <is>
+          <t>Entretenimiento</t>
+        </is>
+      </c>
+      <c r="B28" s="25">
         <f>VLOOKUP(I24,Resultados!B4:G5,2,0)</f>
-        <v>Tener un gasto en entretenimiento por debajo del 30% puede ser un signo positivo del ahorro, pero también es importante asegurarse de mantener un equilibrio saludable entre ahorro y disfrute:
-[...30 lines deleted...]
-      <c r="B30" s="25" t="str">
+        <v/>
+      </c>
+      <c r="C28" s="62" t="n"/>
+      <c r="D28" s="62" t="n"/>
+      <c r="E28" s="62" t="n"/>
+      <c r="F28" s="62" t="n"/>
+      <c r="G28" s="62" t="n"/>
+      <c r="H28" s="62" t="n"/>
+      <c r="I28" s="62" t="n"/>
+      <c r="J28" s="62" t="n"/>
+      <c r="K28" s="63" t="n"/>
+    </row>
+    <row r="29" ht="109" customHeight="1">
+      <c r="A29" s="58" t="n"/>
+      <c r="B29" s="59" t="n"/>
+      <c r="C29" s="60" t="n"/>
+      <c r="D29" s="60" t="n"/>
+      <c r="E29" s="60" t="n"/>
+      <c r="F29" s="60" t="n"/>
+      <c r="G29" s="60" t="n"/>
+      <c r="H29" s="60" t="n"/>
+      <c r="I29" s="60" t="n"/>
+      <c r="J29" s="60" t="n"/>
+      <c r="K29" s="61" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="19" t="inlineStr">
+        <is>
+          <t>Ahorro</t>
+        </is>
+      </c>
+      <c r="B30" s="25">
         <f>VLOOKUP(K24,Resultados!B6:G7,2,0)</f>
-        <v>Tienes un ahorro menor al 20%, ello indica que es necesario reevaluar tu presupuesto para garantizar un futuro financiero seguro:
-[...248 lines deleted...]
-    <row r="253" s="5" customFormat="1" x14ac:dyDescent="0.3"/>
+        <v/>
+      </c>
+      <c r="C30" s="62" t="n"/>
+      <c r="D30" s="62" t="n"/>
+      <c r="E30" s="62" t="n"/>
+      <c r="F30" s="62" t="n"/>
+      <c r="G30" s="62" t="n"/>
+      <c r="H30" s="62" t="n"/>
+      <c r="I30" s="62" t="n"/>
+      <c r="J30" s="62" t="n"/>
+      <c r="K30" s="63" t="n"/>
+    </row>
+    <row r="31" ht="117.5" customHeight="1">
+      <c r="A31" s="58" t="n"/>
+      <c r="B31" s="59" t="n"/>
+      <c r="C31" s="60" t="n"/>
+      <c r="D31" s="60" t="n"/>
+      <c r="E31" s="60" t="n"/>
+      <c r="F31" s="60" t="n"/>
+      <c r="G31" s="60" t="n"/>
+      <c r="H31" s="60" t="n"/>
+      <c r="I31" s="60" t="n"/>
+      <c r="J31" s="60" t="n"/>
+      <c r="K31" s="61" t="n"/>
+    </row>
+    <row r="32" customFormat="1" s="5"/>
+    <row r="33" customFormat="1" s="5"/>
+    <row r="34" customFormat="1" s="5"/>
+    <row r="35" customFormat="1" s="5"/>
+    <row r="36" customFormat="1" s="5"/>
+    <row r="37" customFormat="1" s="5"/>
+    <row r="38" customFormat="1" s="5"/>
+    <row r="39" customFormat="1" s="5"/>
+    <row r="40" customFormat="1" s="5"/>
+    <row r="41" customFormat="1" s="5"/>
+    <row r="42" customFormat="1" s="5"/>
+    <row r="43" customFormat="1" s="5"/>
+    <row r="44" customFormat="1" s="5"/>
+    <row r="45" customFormat="1" s="5"/>
+    <row r="46" customFormat="1" s="5"/>
+    <row r="47" customFormat="1" s="5"/>
+    <row r="48" customFormat="1" s="5"/>
+    <row r="49" customFormat="1" s="5"/>
+    <row r="50" customFormat="1" s="5"/>
+    <row r="51" customFormat="1" s="5"/>
+    <row r="52" customFormat="1" s="5"/>
+    <row r="53" customFormat="1" s="5"/>
+    <row r="54" customFormat="1" s="5"/>
+    <row r="55" customFormat="1" s="5"/>
+    <row r="56" customFormat="1" s="5"/>
+    <row r="57" customFormat="1" s="5"/>
+    <row r="58" customFormat="1" s="5"/>
+    <row r="59" customFormat="1" s="5"/>
+    <row r="60" customFormat="1" s="5"/>
+    <row r="61" customFormat="1" s="5"/>
+    <row r="62" customFormat="1" s="5"/>
+    <row r="63" customFormat="1" s="5"/>
+    <row r="64" customFormat="1" s="5"/>
+    <row r="65" customFormat="1" s="5"/>
+    <row r="66" customFormat="1" s="5"/>
+    <row r="67" customFormat="1" s="5"/>
+    <row r="68" customFormat="1" s="5"/>
+    <row r="69" customFormat="1" s="5"/>
+    <row r="70" customFormat="1" s="5"/>
+    <row r="71" customFormat="1" s="5"/>
+    <row r="72" customFormat="1" s="5"/>
+    <row r="73" customFormat="1" s="5"/>
+    <row r="74" customFormat="1" s="5"/>
+    <row r="75" customFormat="1" s="5"/>
+    <row r="76" customFormat="1" s="5"/>
+    <row r="77" customFormat="1" s="5"/>
+    <row r="78" customFormat="1" s="5"/>
+    <row r="79" customFormat="1" s="5"/>
+    <row r="80" customFormat="1" s="5"/>
+    <row r="81" customFormat="1" s="5"/>
+    <row r="82" customFormat="1" s="5"/>
+    <row r="83" customFormat="1" s="5"/>
+    <row r="84" customFormat="1" s="5"/>
+    <row r="85" customFormat="1" s="5"/>
+    <row r="86" customFormat="1" s="5"/>
+    <row r="87" customFormat="1" s="5"/>
+    <row r="88" customFormat="1" s="5"/>
+    <row r="89" customFormat="1" s="5"/>
+    <row r="90" customFormat="1" s="5"/>
+    <row r="91" customFormat="1" s="5"/>
+    <row r="92" customFormat="1" s="5"/>
+    <row r="93" customFormat="1" s="5"/>
+    <row r="94" customFormat="1" s="5"/>
+    <row r="95" customFormat="1" s="5"/>
+    <row r="96" customFormat="1" s="5"/>
+    <row r="97" customFormat="1" s="5"/>
+    <row r="98" customFormat="1" s="5"/>
+    <row r="99" customFormat="1" s="5"/>
+    <row r="100" customFormat="1" s="5"/>
+    <row r="101" customFormat="1" s="5"/>
+    <row r="102" customFormat="1" s="5"/>
+    <row r="103" customFormat="1" s="5"/>
+    <row r="104" customFormat="1" s="5"/>
+    <row r="105" customFormat="1" s="5"/>
+    <row r="106" customFormat="1" s="5"/>
+    <row r="107" customFormat="1" s="5"/>
+    <row r="108" customFormat="1" s="5"/>
+    <row r="109" customFormat="1" s="5"/>
+    <row r="110" customFormat="1" s="5"/>
+    <row r="111" customFormat="1" s="5"/>
+    <row r="112" customFormat="1" s="5"/>
+    <row r="113" customFormat="1" s="5"/>
+    <row r="114" customFormat="1" s="5"/>
+    <row r="115" customFormat="1" s="5"/>
+    <row r="116" customFormat="1" s="5"/>
+    <row r="117" customFormat="1" s="5"/>
+    <row r="118" customFormat="1" s="5"/>
+    <row r="119" customFormat="1" s="5"/>
+    <row r="120" customFormat="1" s="5"/>
+    <row r="121" customFormat="1" s="5"/>
+    <row r="122" customFormat="1" s="5"/>
+    <row r="123" customFormat="1" s="5"/>
+    <row r="124" customFormat="1" s="5"/>
+    <row r="125" customFormat="1" s="5"/>
+    <row r="126" customFormat="1" s="5"/>
+    <row r="127" customFormat="1" s="5"/>
+    <row r="128" customFormat="1" s="5"/>
+    <row r="129" customFormat="1" s="5"/>
+    <row r="130" customFormat="1" s="5"/>
+    <row r="131" customFormat="1" s="5"/>
+    <row r="132" customFormat="1" s="5"/>
+    <row r="133" customFormat="1" s="5"/>
+    <row r="134" customFormat="1" s="5"/>
+    <row r="135" customFormat="1" s="5"/>
+    <row r="136" customFormat="1" s="5"/>
+    <row r="137" customFormat="1" s="5"/>
+    <row r="138" customFormat="1" s="5"/>
+    <row r="139" customFormat="1" s="5"/>
+    <row r="140" customFormat="1" s="5"/>
+    <row r="141" customFormat="1" s="5"/>
+    <row r="142" customFormat="1" s="5"/>
+    <row r="143" customFormat="1" s="5"/>
+    <row r="144" customFormat="1" s="5"/>
+    <row r="145" customFormat="1" s="5"/>
+    <row r="146" customFormat="1" s="5"/>
+    <row r="147" customFormat="1" s="5"/>
+    <row r="148" customFormat="1" s="5"/>
+    <row r="149" customFormat="1" s="5"/>
+    <row r="150" customFormat="1" s="5"/>
+    <row r="151" customFormat="1" s="5"/>
+    <row r="152" customFormat="1" s="5"/>
+    <row r="153" customFormat="1" s="5"/>
+    <row r="154" customFormat="1" s="5"/>
+    <row r="155" customFormat="1" s="5"/>
+    <row r="156" customFormat="1" s="5"/>
+    <row r="157" customFormat="1" s="5"/>
+    <row r="158" customFormat="1" s="5"/>
+    <row r="159" customFormat="1" s="5"/>
+    <row r="160" customFormat="1" s="5"/>
+    <row r="161" customFormat="1" s="5"/>
+    <row r="162" customFormat="1" s="5"/>
+    <row r="163" customFormat="1" s="5"/>
+    <row r="164" customFormat="1" s="5"/>
+    <row r="165" customFormat="1" s="5"/>
+    <row r="166" customFormat="1" s="5"/>
+    <row r="167" customFormat="1" s="5"/>
+    <row r="168" customFormat="1" s="5"/>
+    <row r="169" customFormat="1" s="5"/>
+    <row r="170" customFormat="1" s="5"/>
+    <row r="171" customFormat="1" s="5"/>
+    <row r="172" customFormat="1" s="5"/>
+    <row r="173" customFormat="1" s="5"/>
+    <row r="174" customFormat="1" s="5"/>
+    <row r="175" customFormat="1" s="5"/>
+    <row r="176" customFormat="1" s="5"/>
+    <row r="177" customFormat="1" s="5"/>
+    <row r="178" customFormat="1" s="5"/>
+    <row r="179" customFormat="1" s="5"/>
+    <row r="180" customFormat="1" s="5"/>
+    <row r="181" customFormat="1" s="5"/>
+    <row r="182" customFormat="1" s="5"/>
+    <row r="183" customFormat="1" s="5"/>
+    <row r="184" customFormat="1" s="5"/>
+    <row r="185" customFormat="1" s="5"/>
+    <row r="186" customFormat="1" s="5"/>
+    <row r="187" customFormat="1" s="5"/>
+    <row r="188" customFormat="1" s="5"/>
+    <row r="189" customFormat="1" s="5"/>
+    <row r="190" customFormat="1" s="5"/>
+    <row r="191" customFormat="1" s="5"/>
+    <row r="192" customFormat="1" s="5"/>
+    <row r="193" customFormat="1" s="5"/>
+    <row r="194" customFormat="1" s="5"/>
+    <row r="195" customFormat="1" s="5"/>
+    <row r="196" customFormat="1" s="5"/>
+    <row r="197" customFormat="1" s="5"/>
+    <row r="198" customFormat="1" s="5"/>
+    <row r="199" customFormat="1" s="5"/>
+    <row r="200" customFormat="1" s="5"/>
+    <row r="201" customFormat="1" s="5"/>
+    <row r="202" customFormat="1" s="5"/>
+    <row r="203" customFormat="1" s="5"/>
+    <row r="204" customFormat="1" s="5"/>
+    <row r="205" customFormat="1" s="5"/>
+    <row r="206" customFormat="1" s="5"/>
+    <row r="207" customFormat="1" s="5"/>
+    <row r="208" customFormat="1" s="5"/>
+    <row r="209" customFormat="1" s="5"/>
+    <row r="210" customFormat="1" s="5"/>
+    <row r="211" customFormat="1" s="5"/>
+    <row r="212" customFormat="1" s="5"/>
+    <row r="213" customFormat="1" s="5"/>
+    <row r="214" customFormat="1" s="5"/>
+    <row r="215" customFormat="1" s="5"/>
+    <row r="216" customFormat="1" s="5"/>
+    <row r="217" customFormat="1" s="5"/>
+    <row r="218" customFormat="1" s="5"/>
+    <row r="219" customFormat="1" s="5"/>
+    <row r="220" customFormat="1" s="5"/>
+    <row r="221" customFormat="1" s="5"/>
+    <row r="222" customFormat="1" s="5"/>
+    <row r="223" customFormat="1" s="5"/>
+    <row r="224" customFormat="1" s="5"/>
+    <row r="225" customFormat="1" s="5"/>
+    <row r="226" customFormat="1" s="5"/>
+    <row r="227" customFormat="1" s="5"/>
+    <row r="228" customFormat="1" s="5"/>
+    <row r="229" customFormat="1" s="5"/>
+    <row r="230" customFormat="1" s="5"/>
+    <row r="231" customFormat="1" s="5"/>
+    <row r="232" customFormat="1" s="5"/>
+    <row r="233" customFormat="1" s="5"/>
+    <row r="234" customFormat="1" s="5"/>
+    <row r="235" customFormat="1" s="5"/>
+    <row r="236" customFormat="1" s="5"/>
+    <row r="237" customFormat="1" s="5"/>
+    <row r="238" customFormat="1" s="5"/>
+    <row r="239" customFormat="1" s="5"/>
+    <row r="240" customFormat="1" s="5"/>
+    <row r="241" customFormat="1" s="5"/>
+    <row r="242" customFormat="1" s="5"/>
+    <row r="243" customFormat="1" s="5"/>
+    <row r="244" customFormat="1" s="5"/>
+    <row r="245" customFormat="1" s="5"/>
+    <row r="246" customFormat="1" s="5"/>
+    <row r="247" customFormat="1" s="5"/>
+    <row r="248" customFormat="1" s="5"/>
+    <row r="249" customFormat="1" s="5"/>
+    <row r="250" customFormat="1" s="5"/>
+    <row r="251" customFormat="1" s="5"/>
+    <row r="252" customFormat="1" s="5"/>
+    <row r="253" customFormat="1" s="5"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="mBbtneewtnXKyQHD6tdYErqWBKLZJw3a+QqRREykh3fXdyp6ygMGP7BfCyPhbm1Ke1F02u77JSkp7SNG2h2ZWw==" saltValue="FvQZWgr4ifK4sasYZZH/Bg==" spinCount="100000" sheet="1" scenarios="1" selectLockedCells="1" pivotTables="0"/>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="0" algorithmName="SHA-512" sheet="1" objects="0" insertRows="1" insertHyperlinks="1" autoFilter="1" scenarios="1" formatColumns="1" deleteColumns="1" insertColumns="1" pivotTables="0" deleteRows="1" formatCells="1" saltValue="FvQZWgr4ifK4sasYZZH/Bg==" formatRows="1" sort="1" spinCount="100000" hashValue="mBbtneewtnXKyQHD6tdYErqWBKLZJw3a+QqRREykh3fXdyp6ygMGP7BfCyPhbm1Ke1F02u77JSkp7SNG2h2ZWw=="/>
   <mergeCells count="26">
+    <mergeCell ref="F20:H20"/>
     <mergeCell ref="J1:K3"/>
-    <mergeCell ref="A4:K4"/>
     <mergeCell ref="A6:E6"/>
+    <mergeCell ref="I21:K21"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="F12:G12"/>
+    <mergeCell ref="F22:K22"/>
+    <mergeCell ref="F6:K7"/>
+    <mergeCell ref="A26:A27"/>
     <mergeCell ref="A25:K25"/>
-    <mergeCell ref="A26:A27"/>
+    <mergeCell ref="F9:H9"/>
+    <mergeCell ref="I20:K20"/>
+    <mergeCell ref="B28:K29"/>
+    <mergeCell ref="B26:K27"/>
+    <mergeCell ref="I9:K9"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:I13"/>
-    <mergeCell ref="J13:K13"/>
-    <mergeCell ref="F6:K7"/>
+    <mergeCell ref="F11:K11"/>
+    <mergeCell ref="B30:K31"/>
+    <mergeCell ref="H12:I12"/>
+    <mergeCell ref="A4:K4"/>
     <mergeCell ref="F10:K10"/>
+    <mergeCell ref="J12:K12"/>
     <mergeCell ref="A28:A29"/>
-    <mergeCell ref="F9:H9"/>
-[...1 lines deleted...]
-    <mergeCell ref="F11:K11"/>
+    <mergeCell ref="F21:H21"/>
     <mergeCell ref="A30:A31"/>
-    <mergeCell ref="B26:K27"/>
-[...9 lines deleted...]
-    <mergeCell ref="I21:K21"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{03E0A6D7-4827-404B-ABC8-AE9070CE444D}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A2:G7"/>
   <sheetViews>
     <sheetView topLeftCell="A69" workbookViewId="0">
       <selection activeCell="C6" sqref="C6:G6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="13"/>
   <cols>
-    <col min="1" max="1" width="12.453125" style="1" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="10.90625" style="1"/>
+    <col width="12.453125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="10.90625" customWidth="1" style="1" min="2" max="2"/>
+    <col width="43.453125" customWidth="1" style="1" min="3" max="3"/>
+    <col width="10.90625" customWidth="1" style="1" min="4" max="16384"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:7" ht="99" customHeight="1" x14ac:dyDescent="0.3">
-[...81 lines deleted...]
-      <c r="G7" s="42"/>
+    <row r="2" ht="99" customHeight="1">
+      <c r="A2" s="48" t="inlineStr">
+        <is>
+          <t>Necesidades</t>
+        </is>
+      </c>
+      <c r="B2" s="16" t="inlineStr">
+        <is>
+          <t>&lt;50%</t>
+        </is>
+      </c>
+      <c r="C2" s="46" t="inlineStr">
+        <is>
+          <t>Tu gasto en necesidades es menor del 50% ¡Excelente trabajo! Esto significa que tienes un buen control sobre tus gastos esenciales como vivienda, transporte, alimentos y servicios públicos. Considera las siguientes acciones: 
+- Revisión de Ahorros: Evalúa si puedes aumentar tu porcentaje de ahorro. Si ya estás destinando el 20%, podrías aumentar este porcentaje para fortalecer tu fondo de emergencia o acelerar el pago de deudas.
+- Optimización: Si estás por debajo del 50%, tal vez estés ahorrando más en ciertas áreas. Asegúrate de que no estés sacrificando aspectos importantes como salud o bienestar.</t>
+        </is>
+      </c>
+      <c r="D2" s="64" t="n"/>
+      <c r="E2" s="64" t="n"/>
+      <c r="F2" s="64" t="n"/>
+      <c r="G2" s="65" t="n"/>
+    </row>
+    <row r="3" ht="114" customHeight="1">
+      <c r="A3" s="58" t="n"/>
+      <c r="B3" s="16" t="inlineStr">
+        <is>
+          <t>&gt;50%</t>
+        </is>
+      </c>
+      <c r="C3" s="47" t="inlineStr">
+        <is>
+          <t>Tu gasto en necesidades supera el 50%, es posible que debas hacer algunos ajustes:
+- Revisa tus gastos fijos: ¿Hay alguna manera de reducir tus gastos en vivienda, transporte o servicios? Considera opciones como mudarte a un lugar más económico, compartir gastos de transporte o reducir el consumo de energía.
+- Presupuesto de Alimentos: El costo de los alimentos es uno de los mayores gastos en esta categoría. Considera comprar a granel, aprovechar ofertas, o planificar tus comidas para evitar gastos innecesarios.
+- Prioriza: Asegúrate de que los gastos considerados como "necesidades" realmente lo sean. Diferencia entre lo que es esencial y lo que es deseable.</t>
+        </is>
+      </c>
+      <c r="D3" s="64" t="n"/>
+      <c r="E3" s="64" t="n"/>
+      <c r="F3" s="64" t="n"/>
+      <c r="G3" s="65" t="n"/>
+    </row>
+    <row r="4" ht="106" customHeight="1">
+      <c r="A4" s="49" t="inlineStr">
+        <is>
+          <t>Entretenimiento</t>
+        </is>
+      </c>
+      <c r="B4" s="17" t="inlineStr">
+        <is>
+          <t>&lt;30%</t>
+        </is>
+      </c>
+      <c r="C4" s="50" t="inlineStr">
+        <is>
+          <t>Tener un gasto en entretenimiento por debajo del 30% puede ser un signo positivo del ahorro, pero también es importante asegurarse de mantener un equilibrio saludable entre ahorro y disfrute:
+- Balance: Evalúa si estás sacrificando demasiado en tu calidad de vida. El entretenimiento y el ocio son importantes para el bienestar mental y emocional. Quizás puedas permitirte un poco más de gasto en esta área sin comprometer tus ahorros.
+- Destina un fondo para el ocio: Si tienes margen en tu presupuesto, considera establecer un pequeño fondo para gastos que te brinden placer y relajación, como salidas con amigos, hobbies o experiencias nuevas.</t>
+        </is>
+      </c>
+    </row>
+    <row r="5" ht="133" customHeight="1">
+      <c r="B5" s="17" t="inlineStr">
+        <is>
+          <t>&gt;30%</t>
+        </is>
+      </c>
+      <c r="C5" s="52" t="inlineStr">
+        <is>
+          <t>Estás gastando más del 30% en entretenimiento y estilo de vida puede ser una señal de que estás priorizando el disfrute a corto plazo sobre la estabilidad financiera a largo plazo:
+- Reducción consciente: Identifica actividades en las que podrías reducir el gasto sin sentir que estás renunciando demasiado. Por ejemplo, si sales a comer fuera de casa frecuentemente, podrías intentar hacerlo menos veces al mes.
+- Alternativas económicas: Busca opciones de entretenimiento más económicas o gratuitas, como actividades al aire libre, eventos comunitarios o noches de cine en casa.
+- Presupuesto de entretenimiento: Establece un límite mensual para este tipo de gastos y haz un seguimiento constante para asegurarte de que no excedas ese límite.</t>
+        </is>
+      </c>
+    </row>
+    <row r="6" ht="115.5" customHeight="1">
+      <c r="A6" s="42" t="inlineStr">
+        <is>
+          <t>Ahorro</t>
+        </is>
+      </c>
+      <c r="B6" s="18" t="inlineStr">
+        <is>
+          <t>&lt;20%</t>
+        </is>
+      </c>
+      <c r="C6" s="43" t="inlineStr">
+        <is>
+          <t>Tienes un ahorro menor al 20%, ello indica que es necesario reevaluar tu presupuesto para garantizar un futuro financiero seguro:
+- Ahorro automático: Configura transferencias automáticas a una cuenta de ahorros cada vez que recibas tu salario, para asegurarte de priorizar el ahorro.
+- Fondo de emergencia: Asegúrate de que una parte de tu ahorro esté destinada a un fondo de emergencia, que debería cubrir entre 3 y 6 meses de gastos esenciales.
+- Reducción de deudas: Si tienes deudas, utiliza parte de este 20% para acelerar su pago, priorizando aquellas con tasas de interés más altas.</t>
+        </is>
+      </c>
+    </row>
+    <row r="7" ht="127.5" customHeight="1">
+      <c r="B7" s="18" t="inlineStr">
+        <is>
+          <t>&gt;20%</t>
+        </is>
+      </c>
+      <c r="C7" s="45" t="inlineStr">
+        <is>
+          <t>Estás ahorrando más del 20% de tus ingresos, estás en un excelente camino hacia la seguridad financiera y la construcción de riqueza:
+- Diversificación: Considera diversificar tus inversiones para hacer que tu dinero crezca a un ritmo mayor que la inflación. Para consultar qué opciones tienes, ingresa aquí https://bit.ly/3S8bfXW
+- Metas financieras: Evalúa tus metas a largo plazo, como la compra de una casa, la educación tuya y/o de tus hijos o la jubilación, y ajusta tu plan de ahorros en consecuencia.
+- Disfruta con moderación: Asegúrate de que, aunque estás ahorrando de manera efectiva, también estés disfrutando de tu presente. No está de más darte un gusto de vez en cuando.</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cZvtNw9ycPmrdCYM3hGPqpyeSQOHWeyhvbw8f/k+Nn7KSg1s236XsyYCz5NHtWWBW9XwtSbSbY96uzSrefQezA==" saltValue="/m6pm6HU0BGZEZ6OdC2UMw==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" selectUnlockedCells="1"/>
+  <sheetProtection selectLockedCells="1" selectUnlockedCells="1" algorithmName="SHA-512" sheet="1" objects="1" insertRows="1" insertHyperlinks="1" autoFilter="1" scenarios="1" formatColumns="1" deleteColumns="1" insertColumns="1" pivotTables="1" deleteRows="1" formatCells="1" saltValue="/m6pm6HU0BGZEZ6OdC2UMw==" formatRows="1" sort="1" spinCount="100000" hashValue="cZvtNw9ycPmrdCYM3hGPqpyeSQOHWeyhvbw8f/k+Nn7KSg1s236XsyYCz5NHtWWBW9XwtSbSbY96uzSrefQezA=="/>
   <mergeCells count="9">
+    <mergeCell ref="C4:G4"/>
+    <mergeCell ref="C7:G7"/>
+    <mergeCell ref="C6:G6"/>
+    <mergeCell ref="A4:A5"/>
+    <mergeCell ref="C2:G2"/>
+    <mergeCell ref="C5:G5"/>
+    <mergeCell ref="A2:A3"/>
     <mergeCell ref="A6:A7"/>
-    <mergeCell ref="C6:G6"/>
-[...1 lines deleted...]
-    <mergeCell ref="C2:G2"/>
     <mergeCell ref="C3:G3"/>
-    <mergeCell ref="A2:A3"/>
-[...2 lines deleted...]
-    <mergeCell ref="C5:G5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...22 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...3 lines deleted...]
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:title xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:description xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:subject xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy/>
 </cp:coreProperties>
 </file>