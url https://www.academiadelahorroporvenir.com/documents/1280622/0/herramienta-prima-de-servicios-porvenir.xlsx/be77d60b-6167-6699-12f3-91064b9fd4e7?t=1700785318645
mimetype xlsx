--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,571 +1,249 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1E2E0626-1236-4DCE-9352-272CEE3F9AF8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Inicio" sheetId="1" r:id="rId1"/>
-[...1 lines deleted...]
-    <sheet name="Prestacion de servicios" sheetId="3" r:id="rId3"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Inicio" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Contrato " sheetId="2" state="visible" r:id="rId2"/>
+    <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Prestacion de servicios" sheetId="3" state="visible" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="a_1">Inicio!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
-[...19 lines deleted...]
-  </extLst>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...283 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...2 lines deleted...]
-    <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_-&quot;$&quot;\ * #,##0_-;\-&quot;$&quot;\ * #,##0_-;_-&quot;$&quot;\ * &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="19">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="8"/>
     </font>
     <font>
-      <sz val="8"/>
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="8"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="12"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="12"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="12"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="8"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFF9900"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFF9900"/>
+      <sz val="18"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFF9900"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFF9900"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
+      <color rgb="FF222222"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...2 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <i val="1"/>
+      <color theme="1"/>
+      <sz val="8"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF9900"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.59999389629810485"/>
+        <fgColor theme="9" tint="0.5999938962981048"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="9" tint="0.7999816888943144"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="47">
+  <borders count="61">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
@@ -1045,1128 +723,1224 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="dotted">
         <color rgb="FFFFCC00"/>
       </right>
       <top style="dotted">
         <color rgb="FFFFCC00"/>
       </top>
       <bottom style="dotted">
         <color rgb="FFFFCC00"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="double">
+        <color rgb="FFFF9900"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF9900"/>
+      </right>
+      <top style="double">
+        <color rgb="FFFF9900"/>
+      </top>
+      <bottom style="double">
+        <color rgb="FFFF9900"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thick">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thick">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="dotted">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="dotted">
+        <color rgb="FFFFCC00"/>
+      </right>
+      <top style="dotted">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color rgb="FFFF9900"/>
+      </left>
+      <right style="double">
+        <color rgb="FFFF9900"/>
+      </right>
+      <top/>
+      <bottom style="double">
+        <color rgb="FFFF9900"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="hair">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom style="hair">
+        <color rgb="FFFFCC00"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="hair">
+        <color indexed="64"/>
+      </right>
+      <top style="hair">
+        <color rgb="FFFFCC00"/>
+      </top>
+      <bottom style="hair">
+        <color rgb="FFFFCC00"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="195">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="39" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="9" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="11" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="10" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="9" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="11" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="9" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="12" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="9" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="11" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="9" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="9" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="5" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="5" borderId="11" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="29" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="29" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="29" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="1" xfId="0">
       <alignment vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="26" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="26" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="26" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="6" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="39" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="40" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="41" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="42" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="46" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="42" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="41" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="43" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="44" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="45" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="39" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="31" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="14" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="15" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="16" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="17" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="18" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="6" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="8" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="23" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="24" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="25" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="22" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="22" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="9" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="5" fillId="0" borderId="11" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="11" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="19" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="20" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="21" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="4" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="5" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
-      <protection hidden="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="0" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="13" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="18" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="27" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="0" borderId="29" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="28" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="30" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="31" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="30" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="7" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="31" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="32" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="35" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="36" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="37" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="33" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="34" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="26" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="9" fontId="5" fillId="0" borderId="22" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0" hidden="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="48" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="52" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="41" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="29" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="51" applyAlignment="1" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="48" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="31" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="32" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="39" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="35" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="36" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="37" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="48" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="60" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="0" hidden="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="58" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="59" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="48" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" applyProtection="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <protection locked="1" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="33" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="34" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="55" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="47" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="4">
+    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Millares" xfId="1" builtinId="3"/>
     <cellStyle name="Moneda" xfId="2" builtinId="4"/>
-    <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="3" builtinId="5"/>
   </cellStyles>
-  <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...12 lines deleted...]
-  </extLst>
+  <colors/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Prestacion de servicios'!A1"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'Contrato '!A1"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image3.png" Id="rId3"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.porvenir.com.co/web/generacion/pensiones-voluntarias" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transacciones.porvenir.com.co/Personas/Paginas/default.aspx" TargetMode="External"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image4.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image5.png" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image6.png" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image7.png" Id="rId4"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.porvenir.com.co/web/generacion/pensiones-voluntarias" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.svg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://transacciones.porvenir.com.co/Personas/Paginas/default.aspx" TargetMode="External"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image8.jpeg" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image9.png" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image10.png" Id="rId3"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image11.png" Id="rId4"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...34 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="absolute">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>0</row>
+      <rowOff>47625</rowOff>
+    </from>
+    <to>
+      <col>6</col>
+      <colOff>628649</colOff>
+      <row>20</row>
+      <rowOff>38099</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="5" name="Imagen 4"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="762000" y="47625"/>
           <a:ext cx="3543299" cy="3543299"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...38 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="absolute">
+    <from>
+      <col>4</col>
+      <colOff>174382</colOff>
+      <row>12</row>
+      <rowOff>198507</rowOff>
+    </from>
+    <to>
+      <col>6</col>
+      <colOff>438150</colOff>
+      <row>17</row>
+      <rowOff>31148</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="6" name="Imagen 5">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="2555632" y="2208282"/>
           <a:ext cx="1559168" cy="804191"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...38 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="absolute">
+    <from>
+      <col>1</col>
+      <colOff>190499</colOff>
+      <row>12</row>
+      <rowOff>186581</rowOff>
+    </from>
+    <to>
+      <col>4</col>
+      <colOff>131470</colOff>
+      <row>17</row>
+      <rowOff>47625</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="7" name="Imagen 6">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId3"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="952499" y="2196356"/>
           <a:ext cx="1560221" cy="832594"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...34 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="absolute">
+    <from>
+      <col>1</col>
+      <colOff>197068</colOff>
+      <row>0</row>
+      <rowOff>7299</rowOff>
+    </from>
+    <to>
+      <col>5</col>
+      <colOff>14598</colOff>
+      <row>3</row>
+      <rowOff>138500</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Imagen 1" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza media"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="956148" y="7299"/>
           <a:ext cx="5218680" cy="773500"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...40 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>10</col>
+      <colOff>262758</colOff>
+      <row>20</row>
+      <rowOff>126121</rowOff>
+    </from>
+    <to>
+      <col>10</col>
+      <colOff>970747</colOff>
+      <row>23</row>
+      <rowOff>89626</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="4" name="Gráfico 3" descr="Alarma sonando con relleno sólido"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="7598103" y="3250029"/>
           <a:ext cx="707989" cy="707989"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...41 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>12</col>
+      <colOff>890384</colOff>
+      <row>23</row>
+      <rowOff>175248</rowOff>
+    </from>
+    <to>
+      <col>13</col>
+      <colOff>131302</colOff>
+      <row>26</row>
+      <rowOff>7224</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="5" name="Gráfico 4" descr="Mano con dedo índice apuntando a la derecha con relleno sólido">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId3"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm rot="4989918" flipH="1">
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="4989918" flipH="1">
           <a:off x="9897242" y="4028965"/>
           <a:ext cx="328296" cy="357643"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...41 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>15</col>
+      <colOff>1126389</colOff>
+      <row>23</row>
+      <rowOff>173212</rowOff>
+    </from>
+    <to>
+      <col>15</col>
+      <colOff>1484032</colOff>
+      <row>26</row>
+      <rowOff>7344</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="8" name="Gráfico 7" descr="Mano con dedo índice apuntando a la derecha con relleno sólido">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId4"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm rot="4989918" flipH="1">
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="4989918" flipH="1">
           <a:off x="13020190" y="4197706"/>
           <a:ext cx="324813" cy="357643"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...34 lines deleted...]
-        <a:stretch>
+<wsDr xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>795619</colOff>
+      <row>0</row>
+      <rowOff>33619</rowOff>
+    </from>
+    <to>
+      <col>4</col>
+      <colOff>1148805</colOff>
+      <row>3</row>
+      <rowOff>69094</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Imagen 1"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId1"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="974913" y="33619"/>
           <a:ext cx="4325470" cy="663004"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...40 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>7</col>
+      <colOff>335813</colOff>
+      <row>21</row>
+      <rowOff>70634</rowOff>
+    </from>
+    <to>
+      <col>9</col>
+      <colOff>225066</colOff>
+      <row>24</row>
+      <rowOff>147961</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Gráfico 2" descr="Alarma sonando con relleno sólido"/>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm>
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:off x="6778289" y="3110003"/>
           <a:ext cx="616728" cy="626016"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...41 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>12</col>
+      <colOff>742736</colOff>
+      <row>26</row>
+      <rowOff>127545</rowOff>
+    </from>
+    <to>
+      <col>12</col>
+      <colOff>1027587</colOff>
+      <row>28</row>
+      <rowOff>26813</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="4" name="Gráfico 3" descr="Mano con dedo índice apuntando a la derecha con relleno sólido">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId3"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm rot="4989918" flipH="1">
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="4989918" flipH="1">
           <a:off x="8755892" y="4197884"/>
           <a:ext cx="275336" cy="284851"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...41 lines deleted...]
-        <a:stretch>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>15</col>
+      <colOff>145977</colOff>
+      <row>26</row>
+      <rowOff>57220</rowOff>
+    </from>
+    <to>
+      <col>15</col>
+      <colOff>468717</colOff>
+      <row>27</row>
+      <rowOff>182428</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="5" name="Gráfico 4" descr="Mano con dedo índice apuntando a la derecha con relleno sólido">
+          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId7"/>
+        </cNvPr>
+        <cNvPicPr>
+          <a:picLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" cstate="print" r:embed="rId4"/>
+        <a:stretch xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-[...1 lines deleted...]
-        <a:xfrm rot="4989918" flipH="1">
+      </blipFill>
+      <spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" rot="4989918" flipH="1">
           <a:off x="10500301" y="4129110"/>
           <a:ext cx="316325" cy="322740"/>
         </a:xfrm>
-        <a:prstGeom prst="rect">
-          <a:avLst/>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...3 lines deleted...]
-</xdr:wsDr>
+        <a:ln xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Personalizado 1">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="2C3C43"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EBEBEB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="002060"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="6E91A0"/>
       </a:accent2>
       <a:accent3>
@@ -2420,1793 +2194,1419 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing2.xml" Id="rId1"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing3.xml" Id="rId1"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Hoja5"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr codeName="Hoja5">
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="B2:G22"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" showRuler="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I15" sqref="I15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5"/>
   <cols>
-    <col min="2" max="2" width="3.1796875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="3" style="1" customWidth="1"/>
+    <col width="3.1796875" customWidth="1" min="2" max="2"/>
+    <col width="17.81640625" customWidth="1" min="3" max="3"/>
+    <col width="3.26953125" customWidth="1" min="4" max="4"/>
+    <col width="16.453125" customWidth="1" min="5" max="5"/>
+    <col width="3" customWidth="1" style="1" min="6" max="6"/>
   </cols>
   <sheetData>
-    <row r="2" spans="6:6" x14ac:dyDescent="0.35">
-[...43 lines deleted...]
-      <c r="G22" s="2"/>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4" ht="7.5" customHeight="1"/>
+    <row r="5" ht="8.25" customHeight="1"/>
+    <row r="6" ht="21" customHeight="1"/>
+    <row r="7" ht="13.5" customHeight="1"/>
+    <row r="8" ht="6" customHeight="1"/>
+    <row r="9"/>
+    <row r="10" ht="10.5" customHeight="1"/>
+    <row r="11" ht="19.5" customHeight="1"/>
+    <row r="12" ht="12" customHeight="1"/>
+    <row r="13" ht="16.5" customHeight="1"/>
+    <row r="22">
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Realizado por: Clever Finance</t>
+        </is>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="p60u2v7kxoHwQKyxhtWwyTvcOzs9xzqIe1whehyu4GUGl6lXRwg+JuS4Aqr5I4yAnM9tuSlASDf9KCu3PfYqBQ==" saltValue="BI4RtkjnhKgT3X730xTiWA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...11 lines deleted...]
-  </customSheetViews>
+  <sheetProtection selectLockedCells="0" selectUnlockedCells="0" algorithmName="SHA-512" sheet="1" objects="1" insertRows="1" insertHyperlinks="1" autoFilter="1" scenarios="1" formatColumns="1" deleteColumns="1" insertColumns="1" pivotTables="1" deleteRows="1" formatCells="1" saltValue="BI4RtkjnhKgT3X730xTiWA==" formatRows="1" sort="1" spinCount="100000" hashValue="p60u2v7kxoHwQKyxhtWwyTvcOzs9xzqIe1whehyu4GUGl6lXRwg+JuS4Aqr5I4yAnM9tuSlASDf9KCu3PfYqBQ=="/>
   <mergeCells count="1">
     <mergeCell ref="B22:G22"/>
   </mergeCells>
-  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-[...1 lines deleted...]
-  <drawing r:id="rId4"/>
+  <pageMargins left="0.7086614173228347" right="0.7086614173228347" top="0.7480314960629921" bottom="0.7480314960629921" header="0.3149606299212598" footer="0.3149606299212598"/>
+  <pageSetup orientation="portrait" paperSize="9"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:P71"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr codeName="Hoja6">
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="77" zoomScaleNormal="87" workbookViewId="0">
       <selection activeCell="N14" activeCellId="2" sqref="N10 N12 N14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14"/>
   <cols>
-    <col min="1" max="1" width="10.90625" style="4"/>
-[...17 lines deleted...]
-    <col min="20" max="16384" width="10.90625" style="4"/>
+    <col width="10.90625" customWidth="1" style="4" min="1" max="1"/>
+    <col width="3" customWidth="1" style="4" min="2" max="2"/>
+    <col width="37.08984375" customWidth="1" style="4" min="3" max="3"/>
+    <col width="9.453125" customWidth="1" style="4" min="4" max="4"/>
+    <col width="27.81640625" customWidth="1" style="4" min="5" max="5"/>
+    <col width="4.1796875" customWidth="1" style="4" min="6" max="6"/>
+    <col width="2.54296875" customWidth="1" style="4" min="7" max="8"/>
+    <col width="2.453125" customWidth="1" style="4" min="9" max="9"/>
+    <col width="5.26953125" customWidth="1" style="4" min="10" max="10"/>
+    <col width="15.453125" customWidth="1" style="4" min="11" max="11"/>
+    <col width="12.7265625" customWidth="1" style="35" min="12" max="12"/>
+    <col width="16" customWidth="1" style="4" min="13" max="13"/>
+    <col width="8.1796875" customWidth="1" style="4" min="14" max="14"/>
+    <col width="12" customWidth="1" style="4" min="15" max="15"/>
+    <col width="22.453125" customWidth="1" style="4" min="16" max="16"/>
+    <col width="8.54296875" customWidth="1" style="4" min="17" max="17"/>
+    <col width="2.453125" customWidth="1" style="4" min="18" max="18"/>
+    <col width="6.54296875" customWidth="1" style="4" min="19" max="19"/>
+    <col width="10.90625" customWidth="1" style="4" min="20" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:16" x14ac:dyDescent="0.3">
-[...20 lines deleted...]
-      <c r="E5" s="8">
+    <row r="1">
+      <c r="C1" s="36" t="n"/>
+    </row>
+    <row r="2"/>
+    <row r="3" ht="23" customHeight="1">
+      <c r="C3" s="36" t="n"/>
+      <c r="D3" s="36" t="n"/>
+      <c r="E3" s="36" t="n"/>
+    </row>
+    <row r="4" ht="14.5" customHeight="1" thickBot="1"/>
+    <row r="5" ht="9" customHeight="1">
+      <c r="C5" s="165" t="inlineStr">
+        <is>
+          <t>Fecha inicio:</t>
+        </is>
+      </c>
+      <c r="D5" s="23" t="n"/>
+      <c r="E5" s="8" t="n">
         <v>45292</v>
       </c>
-      <c r="K5" s="12"/>
-[...35 lines deleted...]
-      <c r="E8" s="30">
+      <c r="K5" s="86" t="n"/>
+      <c r="L5" s="74" t="n"/>
+      <c r="M5" s="75" t="n"/>
+      <c r="N5" s="75" t="n"/>
+      <c r="O5" s="75" t="n"/>
+      <c r="P5" s="76" t="n"/>
+    </row>
+    <row r="6" ht="9" customHeight="1" thickBot="1">
+      <c r="C6" s="166" t="n"/>
+      <c r="D6" s="23" t="n"/>
+      <c r="E6" s="167" t="n"/>
+      <c r="K6" s="86" t="n"/>
+      <c r="L6" s="168" t="inlineStr">
+        <is>
+          <t>¡Para que recuerdes el plan de acción que creaste para maximizar tu prima de servicios! Ingresa los porcentajes que seleccionaste</t>
+        </is>
+      </c>
+      <c r="P6" s="169" t="n"/>
+    </row>
+    <row r="7" ht="9.75" customHeight="1" thickTop="1">
+      <c r="C7" s="23" t="n"/>
+      <c r="D7" s="23" t="n"/>
+      <c r="E7" s="11" t="n"/>
+      <c r="K7" s="86" t="n"/>
+      <c r="L7" s="170" t="n"/>
+      <c r="P7" s="169" t="n"/>
+    </row>
+    <row r="8" ht="9" customHeight="1">
+      <c r="C8" s="165" t="inlineStr">
+        <is>
+          <t>Fecha final:</t>
+        </is>
+      </c>
+      <c r="D8" s="23" t="n"/>
+      <c r="E8" s="30" t="n">
         <v>45473</v>
       </c>
-      <c r="K8" s="12"/>
-[...27 lines deleted...]
-      <c r="N10" s="163">
+      <c r="K8" s="86" t="n"/>
+      <c r="L8" s="170" t="n"/>
+      <c r="P8" s="169" t="n"/>
+    </row>
+    <row r="9" ht="9" customHeight="1" thickBot="1">
+      <c r="C9" s="166" t="n"/>
+      <c r="D9" s="23" t="n"/>
+      <c r="E9" s="171" t="n"/>
+      <c r="F9" s="5" t="n"/>
+      <c r="K9" s="86" t="n"/>
+      <c r="L9" s="80" t="n"/>
+      <c r="M9" s="73" t="n"/>
+      <c r="N9" s="73" t="n"/>
+      <c r="O9" s="73" t="n"/>
+      <c r="P9" s="81" t="n"/>
+    </row>
+    <row r="10" ht="16" customHeight="1" thickTop="1">
+      <c r="C10" s="25" t="n"/>
+      <c r="D10" s="25" t="n"/>
+      <c r="E10" s="13" t="n"/>
+      <c r="K10" s="86" t="n"/>
+      <c r="L10" s="82" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="M10" s="172" t="n"/>
+      <c r="N10" s="163" t="n">
         <v>0.5</v>
       </c>
       <c r="O10" s="68">
         <f>E17*N10</f>
-        <v>754166.66666666663</v>
-[...8 lines deleted...]
-      <c r="E11" s="14">
+        <v/>
+      </c>
+      <c r="P10" s="83" t="n"/>
+    </row>
+    <row r="11" ht="9" customHeight="1">
+      <c r="C11" s="165" t="inlineStr">
+        <is>
+          <t>Sueldo mensual:</t>
+        </is>
+      </c>
+      <c r="D11" s="23" t="n"/>
+      <c r="E11" s="14" t="n">
         <v>3000000</v>
       </c>
-      <c r="K11" s="12"/>
-[...15 lines deleted...]
-      <c r="N12" s="163">
+      <c r="K11" s="86" t="n"/>
+      <c r="L11" s="84" t="n"/>
+      <c r="M11" s="85" t="n"/>
+      <c r="N11" s="86" t="n"/>
+      <c r="O11" s="69" t="n"/>
+      <c r="P11" s="83" t="n"/>
+    </row>
+    <row r="12" ht="17.5" customHeight="1" thickBot="1">
+      <c r="C12" s="166" t="n"/>
+      <c r="D12" s="23" t="n"/>
+      <c r="E12" s="173" t="n"/>
+      <c r="K12" s="86" t="n"/>
+      <c r="L12" s="82" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="M12" s="172" t="n"/>
+      <c r="N12" s="163" t="n">
         <v>0.3</v>
       </c>
       <c r="O12" s="68">
         <f>N12*E17</f>
-        <v>452499.99999999994</v>
-[...19 lines deleted...]
-      <c r="E14" s="16">
+        <v/>
+      </c>
+      <c r="P12" s="83" t="n"/>
+    </row>
+    <row r="13" ht="16" customHeight="1" thickTop="1">
+      <c r="C13" s="25" t="n"/>
+      <c r="D13" s="25" t="n"/>
+      <c r="E13" s="13" t="n"/>
+      <c r="K13" s="86" t="n"/>
+      <c r="L13" s="84" t="n"/>
+      <c r="M13" s="86" t="n"/>
+      <c r="N13" s="86" t="n"/>
+      <c r="O13" s="69" t="n"/>
+      <c r="P13" s="83" t="n"/>
+    </row>
+    <row r="14" ht="17" customHeight="1">
+      <c r="C14" s="165" t="inlineStr">
+        <is>
+          <t>Días laborados:</t>
+        </is>
+      </c>
+      <c r="D14" s="23" t="n"/>
+      <c r="E14" s="174">
         <f>-_xlfn.DAYS(E5,E8)</f>
-        <v>181</v>
-[...6 lines deleted...]
-      <c r="N14" s="163">
+        <v/>
+      </c>
+      <c r="K14" s="86" t="n"/>
+      <c r="L14" s="82" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="M14" s="172" t="n"/>
+      <c r="N14" s="163" t="n">
         <v>0.2</v>
       </c>
       <c r="O14" s="68">
         <f>N14*E17</f>
-        <v>301666.66666666669</v>
-[...10 lines deleted...]
-        <v>25</v>
+        <v/>
+      </c>
+      <c r="P14" s="83" t="n"/>
+    </row>
+    <row r="15" ht="9" customHeight="1" thickBot="1">
+      <c r="C15" s="166" t="n"/>
+      <c r="D15" s="26" t="n"/>
+      <c r="E15" s="175" t="n"/>
+      <c r="K15" s="86" t="n"/>
+      <c r="L15" s="84" t="n"/>
+      <c r="M15" s="159" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
       </c>
       <c r="N15" s="160">
         <f>SUM(N8:N14)</f>
-        <v>1</v>
-[...21 lines deleted...]
-      <c r="D17" s="23"/>
+        <v/>
+      </c>
+      <c r="O15" s="86" t="n"/>
+      <c r="P15" s="83" t="n"/>
+    </row>
+    <row r="16" ht="30.5" customHeight="1" thickTop="1">
+      <c r="C16" s="25" t="n"/>
+      <c r="D16" s="25" t="n"/>
+      <c r="E16" s="13" t="n"/>
+      <c r="K16" s="86" t="n"/>
+      <c r="L16" s="168" t="inlineStr">
+        <is>
+          <t>Esto puede ser un recordario para que pongas en práctica el plan que elegiste, lo que creará un hábito en ti y mejorará tus finanzas personales.</t>
+        </is>
+      </c>
+      <c r="P16" s="169" t="n"/>
+    </row>
+    <row r="17" ht="9" customHeight="1">
+      <c r="C17" s="176" t="inlineStr">
+        <is>
+          <t>Prima de servicio junio (aprox)</t>
+        </is>
+      </c>
+      <c r="D17" s="23" t="n"/>
       <c r="E17" s="32">
         <f>+((E11*E14)/180)/2</f>
-        <v>1508333.3333333333</v>
-[...100 lines deleted...]
-      <c r="D24" s="53">
+        <v/>
+      </c>
+      <c r="K17" s="86" t="n"/>
+      <c r="L17" s="170" t="n"/>
+      <c r="P17" s="169" t="n"/>
+    </row>
+    <row r="18" ht="9" customHeight="1" thickBot="1">
+      <c r="C18" s="166" t="n"/>
+      <c r="D18" s="23" t="n"/>
+      <c r="E18" s="177" t="n"/>
+      <c r="K18" s="86" t="n"/>
+      <c r="L18" s="87" t="n"/>
+      <c r="M18" s="88" t="n"/>
+      <c r="N18" s="89" t="n"/>
+      <c r="O18" s="89" t="n"/>
+      <c r="P18" s="90" t="n"/>
+    </row>
+    <row r="19" ht="16.5" customHeight="1" thickBot="1" thickTop="1">
+      <c r="C19" s="29" t="n"/>
+      <c r="D19" s="29" t="n"/>
+      <c r="E19" s="21" t="n"/>
+      <c r="K19" s="86" t="n"/>
+      <c r="L19" s="73" t="n"/>
+      <c r="N19" s="72" t="n"/>
+      <c r="O19" s="71" t="n"/>
+      <c r="P19" s="71" t="n"/>
+    </row>
+    <row r="20" ht="15" customHeight="1" thickBot="1" thickTop="1">
+      <c r="E20" s="37" t="n"/>
+      <c r="K20" s="86" t="n"/>
+      <c r="L20" s="73" t="n"/>
+      <c r="N20" s="71" t="n"/>
+      <c r="O20" s="71" t="n"/>
+      <c r="P20" s="71" t="n"/>
+    </row>
+    <row r="21" ht="25.5" customHeight="1" thickTop="1">
+      <c r="A21" s="86" t="n"/>
+      <c r="B21" s="178" t="inlineStr">
+        <is>
+          <t>Opción 1: Considerando tu prima, te sugerimos utilizar el método 50/30/20, este enfoque asegura una distribución equilibrada de tu prima prestacional, abordando tanto las necesidades inmediatas como los objetivos a largo plazo.</t>
+        </is>
+      </c>
+      <c r="C21" s="179" t="n"/>
+      <c r="D21" s="179" t="n"/>
+      <c r="E21" s="179" t="n"/>
+      <c r="F21" s="180" t="n"/>
+      <c r="G21" s="41" t="n"/>
+      <c r="H21" s="41" t="n"/>
+      <c r="I21" s="41" t="n"/>
+      <c r="K21" s="86" t="n"/>
+      <c r="L21" s="92" t="inlineStr">
+        <is>
+          <t>Si ya eres afiliado en Porvenir te invitamos a seguir ahorrando e inviertiendo en Pensiones Voluntarias, ingresando a tu Zona Transaccional en www.porvenir.com.co</t>
+        </is>
+      </c>
+      <c r="M21" s="181" t="n"/>
+      <c r="N21" s="181" t="n"/>
+      <c r="O21" s="3" t="inlineStr">
+        <is>
+          <t>Si no eres afiliado en Porvenir aún y quieres ahorrar e invertir tu prima, compártenos tus datos para contactarte, haciendo clic aquí</t>
+        </is>
+      </c>
+      <c r="P21" s="181" t="n"/>
+    </row>
+    <row r="22" ht="18.75" customHeight="1" thickBot="1">
+      <c r="A22" s="86" t="n"/>
+      <c r="B22" s="182" t="n"/>
+      <c r="C22" s="183" t="n"/>
+      <c r="D22" s="183" t="n"/>
+      <c r="E22" s="183" t="n"/>
+      <c r="F22" s="184" t="n"/>
+      <c r="G22" s="41" t="n"/>
+      <c r="H22" s="41" t="n"/>
+      <c r="I22" s="41" t="n"/>
+      <c r="K22" s="86" t="n"/>
+    </row>
+    <row r="23" ht="15" customHeight="1" thickTop="1">
+      <c r="A23" s="86" t="n"/>
+      <c r="B23" s="86" t="n"/>
+      <c r="C23" s="45" t="n"/>
+      <c r="D23" s="45" t="n"/>
+      <c r="E23" s="45" t="n"/>
+      <c r="F23" s="45" t="n"/>
+      <c r="G23" s="41" t="n"/>
+      <c r="H23" s="41" t="n"/>
+      <c r="I23" s="41" t="n"/>
+      <c r="K23" s="86" t="n"/>
+    </row>
+    <row r="24" ht="18.75" customHeight="1">
+      <c r="A24" s="86" t="n"/>
+      <c r="B24" s="86" t="n"/>
+      <c r="C24" s="52" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="D24" s="53" t="n">
         <v>0.5</v>
       </c>
       <c r="E24" s="54">
         <f>+$E$17*D24</f>
-        <v>754166.66666666663</v>
-[...30 lines deleted...]
-      <c r="D26" s="53">
+        <v/>
+      </c>
+      <c r="F24" s="86" t="n"/>
+      <c r="I24" s="41" t="n"/>
+      <c r="K24" s="86" t="n"/>
+    </row>
+    <row r="25" ht="6" customHeight="1">
+      <c r="A25" s="86" t="n"/>
+      <c r="B25" s="86" t="n"/>
+      <c r="C25" s="55" t="n"/>
+      <c r="D25" s="56" t="n"/>
+      <c r="E25" s="127" t="n"/>
+      <c r="F25" s="86" t="n"/>
+      <c r="I25" s="41" t="n"/>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="A26" s="86" t="n"/>
+      <c r="B26" s="86" t="n"/>
+      <c r="C26" s="52" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="D26" s="53" t="n">
         <v>0.3</v>
       </c>
       <c r="E26" s="54">
         <f>+$E$17*D26</f>
-        <v>452499.99999999994</v>
-[...22 lines deleted...]
-      <c r="D28" s="53">
+        <v/>
+      </c>
+      <c r="F26" s="86" t="n"/>
+    </row>
+    <row r="27" ht="6" customHeight="1">
+      <c r="A27" s="86" t="n"/>
+      <c r="B27" s="86" t="n"/>
+      <c r="C27" s="86" t="n"/>
+      <c r="D27" s="56" t="n"/>
+      <c r="E27" s="127" t="n"/>
+      <c r="F27" s="86" t="n"/>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="A28" s="86" t="n"/>
+      <c r="B28" s="86" t="n"/>
+      <c r="C28" s="52" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="D28" s="53" t="n">
         <v>0.2</v>
       </c>
       <c r="E28" s="54">
         <f>+$E$17*D28</f>
-        <v>301666.66666666669</v>
-[...45 lines deleted...]
-      <c r="D33" s="59">
+        <v/>
+      </c>
+      <c r="F28" s="86" t="n"/>
+    </row>
+    <row r="29" ht="14.5" customHeight="1" thickBot="1">
+      <c r="A29" s="86" t="n"/>
+      <c r="B29" s="86" t="n"/>
+      <c r="C29" s="86" t="n"/>
+      <c r="D29" s="86" t="n"/>
+      <c r="E29" s="86" t="n"/>
+      <c r="F29" s="86" t="n"/>
+    </row>
+    <row r="30" ht="32.25" customHeight="1" thickTop="1">
+      <c r="A30" s="86" t="n"/>
+      <c r="B30" s="178" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Opción 2: Comprendemos que las finanzas personales son diferentes para cada persona, y reconocemos que una distribución estandar no se ajusta a todos, por esta razón, te ofrecemos la flexibilidad de personalizar los porcentajes de tu prima de acuerdo con tus necesidades y preferencias financieras de mejor manera posible.  </t>
+        </is>
+      </c>
+      <c r="C30" s="179" t="n"/>
+      <c r="D30" s="179" t="n"/>
+      <c r="E30" s="179" t="n"/>
+      <c r="F30" s="180" t="n"/>
+    </row>
+    <row r="31" ht="26.25" customHeight="1" thickBot="1">
+      <c r="A31" s="86" t="n"/>
+      <c r="B31" s="182" t="n"/>
+      <c r="C31" s="183" t="n"/>
+      <c r="D31" s="183" t="n"/>
+      <c r="E31" s="183" t="n"/>
+      <c r="F31" s="184" t="n"/>
+    </row>
+    <row r="32" ht="14.5" customHeight="1" thickTop="1">
+      <c r="A32" s="86" t="n"/>
+      <c r="B32" s="86" t="n"/>
+      <c r="C32" s="86" t="n"/>
+      <c r="D32" s="86" t="n"/>
+      <c r="E32" s="86" t="n"/>
+      <c r="F32" s="86" t="n"/>
+      <c r="L32" s="4" t="n"/>
+      <c r="O32" s="35" t="n"/>
+    </row>
+    <row r="33" ht="19.5" customFormat="1" customHeight="1" s="46">
+      <c r="A33" s="58" t="n"/>
+      <c r="B33" s="58" t="n"/>
+      <c r="C33" s="52" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="D33" s="59" t="n">
         <v>0.9</v>
       </c>
       <c r="E33" s="60">
         <f>+$E$17*D33</f>
-        <v>1357500</v>
-[...18 lines deleted...]
-      <c r="D35" s="59">
+        <v/>
+      </c>
+      <c r="F33" s="58" t="n"/>
+      <c r="L33" s="47" t="n"/>
+    </row>
+    <row r="34" ht="5.25" customHeight="1">
+      <c r="A34" s="86" t="n"/>
+      <c r="B34" s="86" t="n"/>
+      <c r="C34" s="61" t="n"/>
+      <c r="D34" s="62" t="n"/>
+      <c r="E34" s="69" t="n"/>
+      <c r="F34" s="86" t="n"/>
+    </row>
+    <row r="35" ht="19.5" customFormat="1" customHeight="1" s="46">
+      <c r="A35" s="58" t="n"/>
+      <c r="B35" s="58" t="n"/>
+      <c r="C35" s="52" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="D35" s="59" t="n">
         <v>0.05</v>
       </c>
       <c r="E35" s="60">
         <f>+$E$17*D35</f>
-        <v>75416.666666666672</v>
-[...18 lines deleted...]
-      <c r="D37" s="65">
+        <v/>
+      </c>
+      <c r="F35" s="58" t="n"/>
+      <c r="L35" s="47" t="n"/>
+    </row>
+    <row r="36" ht="6.75" customHeight="1">
+      <c r="A36" s="86" t="n"/>
+      <c r="B36" s="86" t="n"/>
+      <c r="C36" s="86" t="n"/>
+      <c r="D36" s="62" t="n"/>
+      <c r="E36" s="69" t="n"/>
+      <c r="F36" s="86" t="n"/>
+    </row>
+    <row r="37" ht="19.5" customFormat="1" customHeight="1" s="46">
+      <c r="A37" s="58" t="n"/>
+      <c r="B37" s="64" t="n"/>
+      <c r="C37" s="52" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="D37" s="65" t="n">
         <v>0.05</v>
       </c>
       <c r="E37" s="60">
         <f>+$E$17*D37</f>
-        <v>75416.666666666672</v>
-[...107 lines deleted...]
-    <row r="71" ht="9.75" customHeight="1" x14ac:dyDescent="0.3"/>
+        <v/>
+      </c>
+      <c r="F37" s="58" t="n"/>
+      <c r="L37" s="47" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="86" t="n"/>
+      <c r="B38" s="86" t="n"/>
+      <c r="C38" s="86" t="n"/>
+      <c r="D38" s="86" t="n"/>
+      <c r="E38" s="86" t="n"/>
+      <c r="F38" s="85" t="n"/>
+      <c r="L38" s="4" t="n"/>
+    </row>
+    <row r="39" ht="12.75" customHeight="1">
+      <c r="J39" s="48" t="n"/>
+      <c r="L39" s="4" t="n"/>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="G40" s="49" t="n"/>
+      <c r="H40" s="49" t="n"/>
+      <c r="K40" s="35" t="n"/>
+      <c r="L40" s="4" t="n"/>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="G41" s="49" t="n"/>
+      <c r="H41" s="49" t="n"/>
+      <c r="K41" s="35" t="n"/>
+      <c r="L41" s="4" t="n"/>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="G42" s="49" t="n"/>
+      <c r="H42" s="49" t="n"/>
+      <c r="K42" s="35" t="n"/>
+      <c r="L42" s="4" t="n"/>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="G43" s="49" t="n"/>
+      <c r="H43" s="49" t="n"/>
+      <c r="K43" s="35" t="n"/>
+      <c r="L43" s="4" t="n"/>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="G44" s="49" t="n"/>
+      <c r="H44" s="49" t="n"/>
+      <c r="K44" s="35" t="n"/>
+      <c r="L44" s="4" t="n"/>
+    </row>
+    <row r="45">
+      <c r="K45" s="35" t="n"/>
+      <c r="L45" s="4" t="n"/>
+    </row>
+    <row r="46">
+      <c r="K46" s="35" t="n"/>
+      <c r="L46" s="4" t="n"/>
+    </row>
+    <row r="47">
+      <c r="K47" s="35" t="n"/>
+      <c r="L47" s="4" t="n"/>
+    </row>
+    <row r="48">
+      <c r="K48" s="35" t="n"/>
+      <c r="L48" s="4" t="n"/>
+    </row>
+    <row r="49">
+      <c r="K49" s="35" t="n"/>
+      <c r="L49" s="4" t="n"/>
+    </row>
+    <row r="50">
+      <c r="K50" s="35" t="n"/>
+      <c r="L50" s="4" t="n"/>
+    </row>
+    <row r="51">
+      <c r="K51" s="35" t="n"/>
+      <c r="L51" s="4" t="n"/>
+    </row>
+    <row r="52">
+      <c r="K52" s="35" t="n"/>
+      <c r="L52" s="4" t="n"/>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="G53" s="73" t="n"/>
+      <c r="H53" s="73" t="n"/>
+      <c r="K53" s="35" t="n"/>
+      <c r="L53" s="4" t="n"/>
+    </row>
+    <row r="54">
+      <c r="G54" s="73" t="n"/>
+      <c r="H54" s="73" t="n"/>
+      <c r="K54" s="35" t="n"/>
+      <c r="L54" s="4" t="n"/>
+    </row>
+    <row r="55">
+      <c r="G55" s="73" t="n"/>
+      <c r="H55" s="73" t="n"/>
+      <c r="K55" s="35" t="n"/>
+      <c r="L55" s="4" t="n"/>
+    </row>
+    <row r="56">
+      <c r="G56" s="73" t="n"/>
+      <c r="H56" s="73" t="n"/>
+      <c r="L56" s="4" t="n"/>
+      <c r="M56" s="35" t="n"/>
+    </row>
+    <row r="57" ht="34" customHeight="1"/>
+    <row r="58" ht="15" customHeight="1"/>
+    <row r="59" ht="15" customHeight="1"/>
+    <row r="67" ht="15" customHeight="1"/>
+    <row r="71" ht="9.75" customHeight="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="lvhWy8YSUgK8hTpVpuwXaqboLuTnMtafHB8l/rbelpebIL/YG7q5yRjVftlG2uqe+hM1Usu6TawldrdqRsqFgw==" saltValue="Jl71IB16iJcMRzsmxQh1cA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...11 lines deleted...]
-  </customSheetViews>
+  <sheetProtection selectLockedCells="0" selectUnlockedCells="0" algorithmName="SHA-512" sheet="1" objects="1" insertRows="1" insertHyperlinks="1" autoFilter="1" scenarios="1" formatColumns="1" deleteColumns="1" insertColumns="1" pivotTables="1" deleteRows="1" formatCells="1" saltValue="Jl71IB16iJcMRzsmxQh1cA==" formatRows="1" sort="1" spinCount="100000" hashValue="lvhWy8YSUgK8hTpVpuwXaqboLuTnMtafHB8l/rbelpebIL/YG7q5yRjVftlG2uqe+hM1Usu6TawldrdqRsqFgw=="/>
   <mergeCells count="20">
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="L6:P8"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="L21:N26"/>
+    <mergeCell ref="L12:M12"/>
+    <mergeCell ref="O21:P26"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="L14:M14"/>
     <mergeCell ref="B30:F31"/>
     <mergeCell ref="C1:E2"/>
+    <mergeCell ref="E14:E15"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="B21:F22"/>
+    <mergeCell ref="L16:P17"/>
+    <mergeCell ref="C14:C15"/>
     <mergeCell ref="C5:C6"/>
-    <mergeCell ref="E5:E6"/>
-[...15 lines deleted...]
-    <mergeCell ref="O21:P26"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Escribe la fecha con estructura dia/mes/año" sqref="E8:E9 E5:E6" xr:uid="{00000000-0002-0000-0100-000000000000}">
+    <dataValidation sqref="E5:E6 E8:E9" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="1" error="Escribe la fecha con estructura dia/mes/año" type="date">
       <formula1>1</formula1>
       <formula2>55153</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" showInputMessage="1" showErrorMessage="1" sqref="E11:E12" xr:uid="{00000000-0002-0000-0100-000001000000}">
+    <dataValidation sqref="E11:E12" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="0" type="whole" operator="greaterThanOrEqual">
       <formula1>1</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
-  <drawing r:id="rId4"/>
+  <pageSetup orientation="portrait" paperSize="9"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <sheetPr codeName="Hoja7"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr codeName="Hoja7">
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
   <dimension ref="A1:Q49"/>
   <sheetViews>
     <sheetView showGridLines="0" showRuler="0" zoomScale="78" zoomScaleNormal="82" zoomScaleSheetLayoutView="146" zoomScalePageLayoutView="59" workbookViewId="0">
       <selection activeCell="O12" sqref="O12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="1.81640625" style="12" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="18" max="16384" width="10.90625" style="12"/>
+    <col width="1.81640625" customWidth="1" style="86" min="1" max="1"/>
+    <col width="10.26953125" customWidth="1" style="86" min="2" max="2"/>
+    <col width="30.7265625" customWidth="1" style="86" min="3" max="3"/>
+    <col width="14.6328125" customWidth="1" style="86" min="4" max="4"/>
+    <col width="23.81640625" customWidth="1" style="86" min="5" max="5"/>
+    <col width="0.7265625" customWidth="1" style="86" min="6" max="6"/>
+    <col width="10.26953125" customWidth="1" style="86" min="7" max="7"/>
+    <col width="4.81640625" customWidth="1" style="86" min="8" max="8"/>
+    <col width="5.54296875" customWidth="1" style="86" min="9" max="9"/>
+    <col width="3.26953125" customWidth="1" style="86" min="10" max="11"/>
+    <col width="5.453125" customWidth="1" style="86" min="12" max="12"/>
+    <col width="16.81640625" customWidth="1" style="86" min="13" max="13"/>
+    <col width="10.90625" customWidth="1" style="86" min="14" max="14"/>
+    <col width="5.7265625" customWidth="1" style="86" min="15" max="15"/>
+    <col width="10.90625" customWidth="1" style="86" min="16" max="16"/>
+    <col width="1.36328125" customWidth="1" style="86" min="17" max="17"/>
+    <col width="10.90625" customWidth="1" style="86" min="18" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="3:17" ht="9" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
-[...53 lines deleted...]
-      <c r="E5" s="119">
+    <row r="1" ht="9" customHeight="1" thickTop="1">
+      <c r="D1" s="110" t="n"/>
+      <c r="E1" s="110" t="n"/>
+      <c r="K1" s="111" t="n"/>
+      <c r="L1" s="112" t="n"/>
+      <c r="M1" s="112" t="n"/>
+      <c r="N1" s="112" t="n"/>
+      <c r="O1" s="112" t="n"/>
+      <c r="P1" s="113" t="n"/>
+      <c r="Q1" s="114" t="n"/>
+    </row>
+    <row r="2" ht="20.25" customHeight="1">
+      <c r="C2" s="115" t="n"/>
+      <c r="D2" s="110" t="n"/>
+      <c r="E2" s="110" t="n"/>
+      <c r="K2" s="116" t="n"/>
+      <c r="L2" s="78" t="inlineStr">
+        <is>
+          <t>¡Para que recuerdes el plan de acción que creaste para maximizar tu prima de servicios! Ingresa el porcentaje que definiste para cada ítem</t>
+        </is>
+      </c>
+      <c r="Q2" s="117" t="n"/>
+    </row>
+    <row r="3" ht="20.25" customHeight="1">
+      <c r="C3" s="115" t="n"/>
+      <c r="D3" s="110" t="n"/>
+      <c r="E3" s="110" t="n"/>
+      <c r="K3" s="116" t="n"/>
+      <c r="Q3" s="117" t="n"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="C4" s="110" t="n"/>
+      <c r="D4" s="110" t="n"/>
+      <c r="E4" s="110" t="n"/>
+      <c r="K4" s="116" t="n"/>
+      <c r="Q4" s="117" t="n"/>
+    </row>
+    <row r="5" ht="9" customHeight="1">
+      <c r="C5" s="185" t="inlineStr">
+        <is>
+          <t>Fecha inicio:</t>
+        </is>
+      </c>
+      <c r="D5" s="118" t="n"/>
+      <c r="E5" s="119" t="n">
         <v>45292</v>
       </c>
-      <c r="K5" s="116"/>
-[...30 lines deleted...]
-      <c r="O7" s="164">
+      <c r="K5" s="116" t="n"/>
+      <c r="Q5" s="117" t="n"/>
+    </row>
+    <row r="6" ht="9" customHeight="1" thickBot="1">
+      <c r="C6" s="166" t="n"/>
+      <c r="D6" s="118" t="n"/>
+      <c r="E6" s="186" t="n"/>
+      <c r="F6" s="121" t="n"/>
+      <c r="K6" s="116" t="n"/>
+      <c r="L6" s="73" t="n"/>
+      <c r="M6" s="73" t="n"/>
+      <c r="N6" s="73" t="n"/>
+      <c r="O6" s="73" t="n"/>
+      <c r="P6" s="73" t="n"/>
+      <c r="Q6" s="117" t="n"/>
+    </row>
+    <row r="7" ht="15.75" customHeight="1" thickTop="1">
+      <c r="C7" s="7" t="n"/>
+      <c r="D7" s="7" t="n"/>
+      <c r="E7" s="122" t="n"/>
+      <c r="K7" s="116" t="n"/>
+      <c r="L7" s="123" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="M7" s="187" t="n"/>
+      <c r="N7" s="188" t="n"/>
+      <c r="O7" s="164" t="n">
         <v>0.6</v>
       </c>
       <c r="P7" s="126">
         <f>+$E$17*$O$7</f>
-        <v>904999.99999999988</v>
-[...8 lines deleted...]
-      <c r="E8" s="8">
+        <v/>
+      </c>
+      <c r="Q7" s="117" t="n"/>
+    </row>
+    <row r="8" ht="9" customHeight="1">
+      <c r="C8" s="185" t="inlineStr">
+        <is>
+          <t>Fecha final:</t>
+        </is>
+      </c>
+      <c r="D8" s="7" t="n"/>
+      <c r="E8" s="8" t="n">
         <v>45473</v>
       </c>
-      <c r="K8" s="116"/>
-[...26 lines deleted...]
-      <c r="O10" s="164">
+      <c r="K8" s="116" t="n"/>
+      <c r="M8" s="55" t="n"/>
+      <c r="N8" s="55" t="n"/>
+      <c r="O8" s="56" t="n"/>
+      <c r="P8" s="127" t="n"/>
+      <c r="Q8" s="117" t="n"/>
+    </row>
+    <row r="9" ht="9" customHeight="1" thickBot="1">
+      <c r="C9" s="166" t="n"/>
+      <c r="D9" s="7" t="n"/>
+      <c r="E9" s="167" t="n"/>
+      <c r="F9" s="128" t="n"/>
+      <c r="G9" s="128" t="n"/>
+      <c r="H9" s="128" t="n"/>
+      <c r="K9" s="116" t="n"/>
+      <c r="N9" s="85" t="n"/>
+      <c r="P9" s="69" t="n"/>
+      <c r="Q9" s="117" t="n"/>
+    </row>
+    <row r="10" ht="13" customHeight="1" thickTop="1">
+      <c r="E10" s="13" t="n"/>
+      <c r="K10" s="116" t="n"/>
+      <c r="L10" s="123" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="M10" s="187" t="n"/>
+      <c r="N10" s="188" t="n"/>
+      <c r="O10" s="164" t="n">
         <v>0.2</v>
       </c>
       <c r="P10" s="126">
         <f>+$O$10*$E$17</f>
-        <v>301666.66666666669</v>
-[...8 lines deleted...]
-      <c r="E11" s="129">
+        <v/>
+      </c>
+      <c r="Q10" s="117" t="n"/>
+    </row>
+    <row r="11" ht="9" customHeight="1">
+      <c r="C11" s="185" t="inlineStr">
+        <is>
+          <t>Ingreso mensual:</t>
+        </is>
+      </c>
+      <c r="D11" s="7" t="n"/>
+      <c r="E11" s="129" t="n">
         <v>3000000</v>
       </c>
-      <c r="F11" s="130"/>
-[...27 lines deleted...]
-      <c r="O13" s="164">
+      <c r="F11" s="130" t="n"/>
+      <c r="G11" s="130" t="n"/>
+      <c r="H11" s="130" t="n"/>
+      <c r="K11" s="116" t="n"/>
+      <c r="M11" s="55" t="n"/>
+      <c r="N11" s="55" t="n"/>
+      <c r="O11" s="56" t="n"/>
+      <c r="P11" s="127" t="n"/>
+      <c r="Q11" s="117" t="n"/>
+    </row>
+    <row r="12" ht="9" customHeight="1" thickBot="1">
+      <c r="C12" s="166" t="n"/>
+      <c r="D12" s="7" t="n"/>
+      <c r="E12" s="167" t="n"/>
+      <c r="F12" s="130" t="n"/>
+      <c r="H12" s="130" t="n"/>
+      <c r="K12" s="116" t="n"/>
+      <c r="P12" s="69" t="n"/>
+      <c r="Q12" s="117" t="n"/>
+    </row>
+    <row r="13" ht="13" customHeight="1" thickTop="1">
+      <c r="E13" s="13" t="n"/>
+      <c r="K13" s="116" t="n"/>
+      <c r="L13" s="123" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="M13" s="187" t="n"/>
+      <c r="N13" s="188" t="n"/>
+      <c r="O13" s="164" t="n">
         <v>0.2</v>
       </c>
       <c r="P13" s="126">
         <f>+$O$13*$E$17</f>
-        <v>301666.66666666669</v>
-[...8 lines deleted...]
-      <c r="E14" s="16">
+        <v/>
+      </c>
+      <c r="Q13" s="117" t="n"/>
+    </row>
+    <row r="14" ht="23.5" customHeight="1">
+      <c r="C14" s="185" t="inlineStr">
+        <is>
+          <t>Días laborados:</t>
+        </is>
+      </c>
+      <c r="D14" s="7" t="n"/>
+      <c r="E14" s="174">
         <f>-_xlfn.DAYS(E5,E8)</f>
-        <v>181</v>
-[...6 lines deleted...]
-        <v>25</v>
+        <v/>
+      </c>
+      <c r="F14" s="132" t="n"/>
+      <c r="G14" s="132" t="n"/>
+      <c r="H14" s="132" t="n"/>
+      <c r="K14" s="116" t="n"/>
+      <c r="N14" s="159" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
       </c>
       <c r="O14" s="160">
         <f>SUM(O7:O13)</f>
-        <v>1</v>
-[...33 lines deleted...]
-      <c r="D17" s="7"/>
+        <v/>
+      </c>
+      <c r="Q14" s="117" t="n"/>
+    </row>
+    <row r="15" ht="9" customHeight="1" thickBot="1">
+      <c r="C15" s="166" t="n"/>
+      <c r="D15" s="7" t="n"/>
+      <c r="E15" s="175" t="n"/>
+      <c r="F15" s="132" t="n"/>
+      <c r="G15" s="132" t="n"/>
+      <c r="H15" s="132" t="n"/>
+      <c r="K15" s="116" t="n"/>
+      <c r="L15" s="78" t="inlineStr">
+        <is>
+          <t>Esto puede ser un recordario para que pongas en practica el plan que elegiste, lo que creará un hábito en ti y mejorará tus finanzas personales.</t>
+        </is>
+      </c>
+      <c r="Q15" s="117" t="n"/>
+    </row>
+    <row r="16" ht="13" customHeight="1" thickTop="1">
+      <c r="K16" s="116" t="n"/>
+      <c r="Q16" s="117" t="n"/>
+    </row>
+    <row r="17" ht="9" customHeight="1">
+      <c r="C17" s="189" t="inlineStr">
+        <is>
+          <t>Prima de servicio junio (aprox)</t>
+        </is>
+      </c>
+      <c r="D17" s="7" t="n"/>
       <c r="E17" s="32">
         <f>+((E11*E14)/180)/2</f>
-        <v>1508333.3333333333</v>
-[...46 lines deleted...]
-      <c r="D20" s="118"/>
+        <v/>
+      </c>
+      <c r="F17" s="130" t="n"/>
+      <c r="G17" s="130" t="n"/>
+      <c r="H17" s="130" t="n"/>
+      <c r="K17" s="116" t="n"/>
+      <c r="Q17" s="117" t="n"/>
+    </row>
+    <row r="18" ht="9" customHeight="1" thickBot="1">
+      <c r="C18" s="166" t="n"/>
+      <c r="D18" s="7" t="n"/>
+      <c r="E18" s="177" t="n"/>
+      <c r="F18" s="130" t="n"/>
+      <c r="G18" s="130" t="n"/>
+      <c r="H18" s="130" t="n"/>
+      <c r="K18" s="116" t="n"/>
+      <c r="Q18" s="117" t="n"/>
+    </row>
+    <row r="19" ht="14" customHeight="1" thickBot="1" thickTop="1">
+      <c r="C19" s="20" t="n"/>
+      <c r="D19" s="20" t="n"/>
+      <c r="E19" s="21" t="n"/>
+      <c r="F19" s="133" t="n"/>
+      <c r="G19" s="133" t="n"/>
+      <c r="H19" s="133" t="n"/>
+      <c r="K19" s="134" t="n"/>
+      <c r="L19" s="135" t="n"/>
+      <c r="M19" s="136" t="n"/>
+      <c r="N19" s="135" t="n"/>
+      <c r="O19" s="135" t="n"/>
+      <c r="P19" s="135" t="n"/>
+      <c r="Q19" s="137" t="n"/>
+    </row>
+    <row r="20" hidden="1" ht="9" customHeight="1" thickTop="1">
+      <c r="C20" s="185" t="inlineStr">
+        <is>
+          <t>Segunda prima (2do semestre)</t>
+        </is>
+      </c>
+      <c r="D20" s="118" t="n"/>
       <c r="E20" s="138">
         <f>+((E11*E14)/360)/2</f>
-        <v>754166.66666666663</v>
-[...98 lines deleted...]
-      <c r="D27" s="151"/>
+        <v/>
+      </c>
+      <c r="F20" s="130" t="n"/>
+      <c r="G20" s="130" t="n"/>
+      <c r="H20" s="130" t="n"/>
+    </row>
+    <row r="21" hidden="1" ht="9" customHeight="1" thickBot="1">
+      <c r="C21" s="166" t="n"/>
+      <c r="D21" s="118" t="n"/>
+      <c r="E21" s="190" t="n"/>
+      <c r="F21" s="130" t="n"/>
+      <c r="G21" s="130" t="n"/>
+      <c r="H21" s="130" t="n"/>
+    </row>
+    <row r="22" ht="15.75" customHeight="1" thickBot="1" thickTop="1">
+      <c r="C22" s="7" t="n"/>
+      <c r="D22" s="7" t="n"/>
+      <c r="E22" s="140" t="n"/>
+      <c r="F22" s="130" t="n"/>
+      <c r="G22" s="130" t="n"/>
+      <c r="H22" s="130" t="n"/>
+    </row>
+    <row r="23" ht="15" customHeight="1" thickTop="1">
+      <c r="A23" s="45" t="n"/>
+      <c r="B23" s="178" t="inlineStr">
+        <is>
+          <t>Recuerda que al contar con un contrato por prestación de servicios la empresa no está obligada a realizar el pago de tu prima, sin embargo, en base a tus ingresos puedes realizar un ahorro mensual para que al finalizar un periodo de 6 meses tengas un monto de dinero asociado a tu prima de servicios.</t>
+        </is>
+      </c>
+      <c r="C23" s="179" t="n"/>
+      <c r="D23" s="179" t="n"/>
+      <c r="E23" s="179" t="n"/>
+      <c r="F23" s="179" t="n"/>
+      <c r="G23" s="180" t="n"/>
+      <c r="H23" s="45" t="n"/>
+      <c r="K23" s="161" t="inlineStr">
+        <is>
+          <t>Si ya eres afiliado en Porvenir te invitamos a seguir ahorrando e inviertiendo en Pensiones Voluntarias, ingresando a tu Zona Transaccional en www.porvenir.com.co</t>
+        </is>
+      </c>
+      <c r="N23" s="162" t="inlineStr">
+        <is>
+          <t>Si no eres afiliado en Porvenir aún y quieres ahorrar e invertir tu prima, compártenos tus datos para contactarte, haciendo clic aquí</t>
+        </is>
+      </c>
+    </row>
+    <row r="24" ht="12.5" customHeight="1">
+      <c r="A24" s="45" t="n"/>
+      <c r="B24" s="191" t="n"/>
+      <c r="G24" s="192" t="n"/>
+      <c r="H24" s="45" t="n"/>
+    </row>
+    <row r="25" ht="27.75" customHeight="1" thickBot="1">
+      <c r="A25" s="45" t="n"/>
+      <c r="B25" s="182" t="n"/>
+      <c r="C25" s="183" t="n"/>
+      <c r="D25" s="183" t="n"/>
+      <c r="E25" s="183" t="n"/>
+      <c r="F25" s="183" t="n"/>
+      <c r="G25" s="184" t="n"/>
+      <c r="H25" s="45" t="n"/>
+    </row>
+    <row r="26" ht="10.5" customHeight="1" thickBot="1" thickTop="1">
+      <c r="C26" s="7" t="n"/>
+      <c r="D26" s="7" t="n"/>
+      <c r="E26" s="130" t="n"/>
+      <c r="F26" s="130" t="n"/>
+      <c r="G26" s="130" t="n"/>
+      <c r="H26" s="130" t="n"/>
+    </row>
+    <row r="27" ht="15" customHeight="1" thickBot="1" thickTop="1">
+      <c r="B27" s="150" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Para esto te proponemos ahorrar mensualmente el valor de </t>
+        </is>
+      </c>
+      <c r="C27" s="179" t="n"/>
+      <c r="D27" s="179" t="n"/>
       <c r="E27" s="97">
         <f>+$E$17/6</f>
-        <v>251388.88888888888</v>
-[...17 lines deleted...]
-      <c r="D28" s="151"/>
+        <v/>
+      </c>
+      <c r="F27" s="96" t="n"/>
+      <c r="G27" s="141" t="n"/>
+      <c r="H27" s="98" t="n"/>
+    </row>
+    <row r="28" ht="14.5" customHeight="1" thickTop="1">
+      <c r="B28" s="150" t="inlineStr">
+        <is>
+          <t>Al finalizar el periodo de 6 meses, contaras con un monto total de</t>
+        </is>
+      </c>
+      <c r="C28" s="179" t="n"/>
+      <c r="D28" s="179" t="n"/>
       <c r="E28" s="99">
         <f>+$E$17</f>
-        <v>1508333.3333333333</v>
-[...77 lines deleted...]
-      <c r="D35" s="144">
+        <v/>
+      </c>
+      <c r="G28" s="100" t="n"/>
+      <c r="H28" s="98" t="n"/>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="193" t="inlineStr">
+        <is>
+          <t>que corresponderá a tu prima de servicios cada semestre, en este caso lo puedes destinar para el mes de junio y diciembre.</t>
+        </is>
+      </c>
+      <c r="G29" s="192" t="n"/>
+      <c r="H29" s="104" t="n"/>
+    </row>
+    <row r="30" ht="13" customHeight="1" thickBot="1">
+      <c r="B30" s="182" t="n"/>
+      <c r="C30" s="183" t="n"/>
+      <c r="D30" s="183" t="n"/>
+      <c r="E30" s="183" t="n"/>
+      <c r="F30" s="183" t="n"/>
+      <c r="G30" s="184" t="n"/>
+      <c r="H30" s="104" t="n"/>
+    </row>
+    <row r="31" ht="9" customHeight="1" thickBot="1" thickTop="1">
+      <c r="C31" s="108" t="n"/>
+      <c r="D31" s="108" t="n"/>
+      <c r="E31" s="108" t="n"/>
+      <c r="F31" s="108" t="n"/>
+      <c r="G31" s="108" t="n"/>
+      <c r="H31" s="108" t="n"/>
+    </row>
+    <row r="32" ht="22.5" customHeight="1" thickTop="1">
+      <c r="B32" s="194" t="inlineStr">
+        <is>
+          <t>Opción 1: Considerando tu prima, te sugerimos utilizar el método 50/30/20, este enfoque asegura una distribución equilibrada de tu prima prestacional, abordando tanto las necesidades inmediatas como los objetivos a largo plazo.</t>
+        </is>
+      </c>
+      <c r="C32" s="179" t="n"/>
+      <c r="D32" s="179" t="n"/>
+      <c r="E32" s="179" t="n"/>
+      <c r="F32" s="179" t="n"/>
+      <c r="G32" s="180" t="n"/>
+      <c r="H32" s="45" t="n"/>
+      <c r="I32" s="142" t="n"/>
+    </row>
+    <row r="33" ht="20.25" customHeight="1" thickBot="1">
+      <c r="B33" s="182" t="n"/>
+      <c r="C33" s="183" t="n"/>
+      <c r="D33" s="183" t="n"/>
+      <c r="E33" s="183" t="n"/>
+      <c r="F33" s="183" t="n"/>
+      <c r="G33" s="184" t="n"/>
+      <c r="H33" s="45" t="n"/>
+      <c r="M33" s="121" t="n"/>
+    </row>
+    <row r="34" ht="9" customHeight="1" thickTop="1">
+      <c r="C34" s="45" t="n"/>
+      <c r="D34" s="45" t="n"/>
+      <c r="E34" s="45" t="n"/>
+    </row>
+    <row r="35">
+      <c r="C35" s="143" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="D35" s="144" t="n">
         <v>0.5</v>
       </c>
       <c r="E35" s="145">
         <f>+$E$17*D35</f>
-        <v>754166.66666666663</v>
-[...11 lines deleted...]
-      <c r="D37" s="144">
+        <v/>
+      </c>
+    </row>
+    <row r="36">
+      <c r="C36" s="61" t="n"/>
+      <c r="D36" s="62" t="n"/>
+      <c r="E36" s="69" t="n"/>
+    </row>
+    <row r="37">
+      <c r="C37" s="143" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="D37" s="144" t="n">
         <v>0.3</v>
       </c>
       <c r="E37" s="145">
         <f>+$E$17*D37</f>
-        <v>452499.99999999994</v>
-[...10 lines deleted...]
-      <c r="D39" s="144">
+        <v/>
+      </c>
+    </row>
+    <row r="38">
+      <c r="D38" s="62" t="n"/>
+      <c r="E38" s="69" t="n"/>
+    </row>
+    <row r="39">
+      <c r="C39" s="143" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="D39" s="144" t="n">
         <v>0.2</v>
       </c>
       <c r="E39" s="145">
         <f>+$E$17*D39</f>
-        <v>301666.66666666669</v>
-[...77 lines deleted...]
-      <c r="D45" s="147">
+        <v/>
+      </c>
+    </row>
+    <row r="40" ht="11.25" customHeight="1" thickBot="1">
+      <c r="I40" s="146" t="n"/>
+    </row>
+    <row r="41" ht="21.75" customHeight="1" thickTop="1">
+      <c r="B41" s="194" t="inlineStr">
+        <is>
+          <t xml:space="preserve">Opción 2: Comprendemos que las finanzas personales son diferentes para cada persona, y reconocemos que una distribución estandar no se ajusta a todos, por esta razón, te ofrecemos la flexibilidad de personalizar los porcentajes de tu prima de acuerdo con tus necesidades y preferencias financieras de mejor manera posible.  </t>
+        </is>
+      </c>
+      <c r="C41" s="179" t="n"/>
+      <c r="D41" s="179" t="n"/>
+      <c r="E41" s="179" t="n"/>
+      <c r="F41" s="179" t="n"/>
+      <c r="G41" s="180" t="n"/>
+    </row>
+    <row r="42" ht="20.5" customHeight="1">
+      <c r="B42" s="191" t="n"/>
+      <c r="G42" s="192" t="n"/>
+    </row>
+    <row r="43" ht="15" customHeight="1" thickBot="1">
+      <c r="B43" s="182" t="n"/>
+      <c r="C43" s="183" t="n"/>
+      <c r="D43" s="183" t="n"/>
+      <c r="E43" s="183" t="n"/>
+      <c r="F43" s="183" t="n"/>
+      <c r="G43" s="184" t="n"/>
+    </row>
+    <row r="44" ht="15" customHeight="1" thickTop="1">
+      <c r="B44" s="109" t="n"/>
+      <c r="C44" s="109" t="n"/>
+      <c r="D44" s="109" t="n"/>
+      <c r="E44" s="109" t="n"/>
+      <c r="F44" s="109" t="n"/>
+      <c r="G44" s="109" t="n"/>
+    </row>
+    <row r="45">
+      <c r="C45" s="143" t="inlineStr">
+        <is>
+          <t>Pago de obligaciones (deudas):</t>
+        </is>
+      </c>
+      <c r="D45" s="147" t="n">
         <v>0.6</v>
       </c>
       <c r="E45" s="145">
         <f>+$E$17*D45</f>
-        <v>904999.99999999988</v>
-[...18 lines deleted...]
-      <c r="D47" s="147">
+        <v/>
+      </c>
+    </row>
+    <row r="46">
+      <c r="C46" s="61" t="n"/>
+      <c r="D46" s="62" t="n"/>
+      <c r="E46" s="69" t="n"/>
+    </row>
+    <row r="47">
+      <c r="C47" s="143" t="inlineStr">
+        <is>
+          <t>Entretenimiento:</t>
+        </is>
+      </c>
+      <c r="D47" s="147" t="n">
         <v>0.3</v>
       </c>
       <c r="E47" s="145">
         <f>+$E$17*D47</f>
-        <v>452499.99999999994</v>
-[...10 lines deleted...]
-      <c r="D49" s="147">
+        <v/>
+      </c>
+    </row>
+    <row r="48">
+      <c r="D48" s="62" t="n"/>
+      <c r="E48" s="69" t="n"/>
+    </row>
+    <row r="49">
+      <c r="C49" s="143" t="inlineStr">
+        <is>
+          <t>Ahorro e inversión:</t>
+        </is>
+      </c>
+      <c r="D49" s="147" t="n">
         <v>0.1</v>
       </c>
       <c r="E49" s="145">
         <f>+$E$17*D49</f>
-        <v>150833.33333333334</v>
+        <v/>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="n83aJetfJ/vFAxDL7d3NBcWBshHytYBLTeyimlCO2N6pxvwphj2COOosNDFx7KfbggRa3g7e4rNEFW402X0XKw==" saltValue="PE9X+1R5xL/g5NuTlGpscA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-[...5 lines deleted...]
-  </customSheetViews>
+  <sheetProtection selectLockedCells="0" selectUnlockedCells="0" algorithmName="SHA-512" sheet="1" objects="1" insertRows="1" insertHyperlinks="1" autoFilter="1" scenarios="1" formatColumns="1" deleteColumns="1" insertColumns="1" pivotTables="1" deleteRows="1" formatCells="1" saltValue="PE9X+1R5xL/g5NuTlGpscA==" formatRows="1" sort="1" spinCount="100000" hashValue="n83aJetfJ/vFAxDL7d3NBcWBshHytYBLTeyimlCO2N6pxvwphj2COOosNDFx7KfbggRa3g7e4rNEFW402X0XKw=="/>
   <mergeCells count="26">
+    <mergeCell ref="E5:E6"/>
+    <mergeCell ref="E17:E18"/>
+    <mergeCell ref="E8:E9"/>
     <mergeCell ref="I40:O45"/>
+    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="E20:E21"/>
+    <mergeCell ref="B23:G25"/>
+    <mergeCell ref="B32:G33"/>
+    <mergeCell ref="N23:Q29"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="L10:N10"/>
+    <mergeCell ref="C11:C12"/>
+    <mergeCell ref="E11:E12"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="L2:P5"/>
+    <mergeCell ref="B29:G30"/>
+    <mergeCell ref="K23:M29"/>
+    <mergeCell ref="L7:N7"/>
     <mergeCell ref="B41:G43"/>
-    <mergeCell ref="B23:G25"/>
-[...1 lines deleted...]
-    <mergeCell ref="B32:G33"/>
+    <mergeCell ref="L13:N13"/>
     <mergeCell ref="B27:D27"/>
-    <mergeCell ref="B28:D28"/>
-[...3 lines deleted...]
-    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="C5:C6"/>
+    <mergeCell ref="L15:P18"/>
     <mergeCell ref="C14:C15"/>
-    <mergeCell ref="C11:C12"/>
-[...1 lines deleted...]
-    <mergeCell ref="E11:E12"/>
     <mergeCell ref="E14:E15"/>
-    <mergeCell ref="E17:E18"/>
-[...8 lines deleted...]
-    <mergeCell ref="E8:E9"/>
   </mergeCells>
   <dataValidations count="2">
-    <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" error="Escribe la fecha con estructura dia/mes/año" sqref="E8:E9 E5:E6" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation sqref="E5:E6 E8:E9" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="1" error="Escribe la fecha con estructura dia/mes/año" type="date">
       <formula1>1</formula1>
       <formula2>55153</formula2>
     </dataValidation>
-    <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E11:E12" xr:uid="{00000000-0002-0000-0200-000001000000}">
+    <dataValidation sqref="E11:E12" showDropDown="0" showInputMessage="1" showErrorMessage="1" allowBlank="1" type="whole" operator="greaterThanOrEqual">
       <formula1>1</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait"/>
   <headerFooter>
-    <oddHeader xml:space="preserve">&amp;C
-[...2 lines deleted...]
-</oddFooter>
+    <oddHeader>&amp;C_x000a_</oddHeader>
+    <oddFooter>&amp;C_x000a_</oddFooter>
+    <evenHeader/>
+    <evenFooter/>
+    <firstHeader/>
+    <firstFooter/>
   </headerFooter>
-  <drawing r:id="rId2"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...213 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...23 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:title xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:description xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dc:subject xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+  <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy/>
   <cp:lastPrinted></cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...1 lines deleted...]
-    <vt:lpwstr>0x0101009E7A0185363A02499EF1DC3D1DA93C30</vt:lpwstr>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">
+  <property name="ContentTypeId" fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2">
+    <vt:lpwstr xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">0x0101009E7A0185363A02499EF1DC3D1DA93C30</vt:lpwstr>
   </property>
 </Properties>
 </file>